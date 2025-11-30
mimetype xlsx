--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,4512 +1,2371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user2352\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835"/>
   </bookViews>
   <sheets>
-    <sheet name="VinylWarehouse" sheetId="8" r:id="rId1"/>
+    <sheet name="VinylWareHouse" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">VinylWarehouse!$A$1:$G$666</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">VinylWareHouse!$A$1:$G$715</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2667" uniqueCount="721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2149" uniqueCount="704">
+  <si>
+    <t>TDK FE60 FERRIC bontatlan</t>
+  </si>
+  <si>
+    <t>Other Flea</t>
+  </si>
+  <si>
+    <t>Műszaki cikk / Technical goods</t>
+  </si>
+  <si>
+    <t>Z'Zi Labor – Popmenyecskék</t>
+  </si>
+  <si>
+    <t>Vinyl Long Play</t>
+  </si>
+  <si>
+    <t>Sláger - magyar/hungarian</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Becsületkódex</t>
+  </si>
+  <si>
+    <t>CD&amp;DVD</t>
+  </si>
+  <si>
+    <t>HipHop/Rap</t>
+  </si>
+  <si>
+    <t>Grand Magony Orchestra – Bear Dance</t>
+  </si>
+  <si>
+    <t>Népzene/Folk/WorldMusic</t>
+  </si>
+  <si>
+    <t>Moby Dick – Fejfa Helyett</t>
+  </si>
+  <si>
+    <t>Heavy Metal</t>
+  </si>
+  <si>
+    <t>Vakvágány - Vakvágány</t>
+  </si>
+  <si>
+    <t>Bordi Aranka – Barackfa Virága</t>
+  </si>
+  <si>
+    <t>Nagy B. Ildikó / Szilágyi Ferenc – Hegedülnek, Szépen Muzsikálnak</t>
+  </si>
+  <si>
+    <t>Laboratorium – Modern Pentathlon</t>
+  </si>
+  <si>
+    <t>Jazz</t>
+  </si>
+  <si>
+    <t>Ladánybene 27 – II.</t>
+  </si>
+  <si>
+    <t>Rock - magyar / hungarian</t>
+  </si>
+  <si>
+    <t>Iron Maiden – No Prayer For The Dying</t>
+  </si>
+  <si>
+    <t>Iron Maiden – Killers</t>
+  </si>
+  <si>
+    <t>Republic – Üzenet</t>
+  </si>
+  <si>
+    <t>Nagy Feró és a Bikini - Ki csinál szódát</t>
+  </si>
+  <si>
+    <t>Vinyl Single Play</t>
+  </si>
+  <si>
+    <t>Rick Wakeman – The Myths And Legends Of King Arthur And The Knights Of The Round Table</t>
+  </si>
+  <si>
+    <t>Progresszív / Progressive</t>
+  </si>
+  <si>
+    <t>Babos ‎– Kinn És Benn</t>
+  </si>
+  <si>
+    <t>Pepsi Cola Reklámlemez</t>
+  </si>
+  <si>
+    <t>The Woodville Co. – I'm Going Home / Ten Years After Portrait</t>
+  </si>
+  <si>
+    <t>Rock - nemzetközi / international</t>
+  </si>
+  <si>
+    <t>Ike &amp; Tina Turner ‎– Souled From The Vaults</t>
+  </si>
+  <si>
+    <t>Fekete / Black</t>
+  </si>
+  <si>
+    <t>Bistro Blues Band – Tudod, Csak Azért...</t>
+  </si>
+  <si>
+    <t>Blues</t>
+  </si>
+  <si>
+    <t>Presser Gábor, Csetényi Anikó – Az Eltérített Télapó (Mesejáték)</t>
+  </si>
+  <si>
+    <t>Mese / Tale</t>
+  </si>
+  <si>
+    <t>Omega - Tízezer lépés poszter / 10000 lépés</t>
+  </si>
+  <si>
+    <t>Poszter / Poster</t>
+  </si>
+  <si>
+    <t>Zorán - Az ablak mellett</t>
+  </si>
+  <si>
+    <t>Dedikált / Dedicated</t>
+  </si>
+  <si>
+    <t>Márta Sebestyén – Nyitva Látám Mennyeknek Kapuját....</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Kocsmaopera</t>
+  </si>
+  <si>
+    <t>Cassette</t>
+  </si>
+  <si>
+    <t>Muzsikás – Nem Arról Hajnallik, Amerről Hajnallott...</t>
+  </si>
+  <si>
+    <t>London Pop News</t>
+  </si>
+  <si>
+    <t>Egy este a Metro klubban</t>
+  </si>
+  <si>
+    <t>Jimmy Page – Death Wish II</t>
+  </si>
+  <si>
+    <t>Filmzene - OST</t>
+  </si>
+  <si>
+    <t>Új Skorpió I.</t>
+  </si>
+  <si>
+    <t>Locomotiv GT - From New York to Los Angeles '74</t>
+  </si>
+  <si>
+    <t>Molly Hatchet – Live US Box Set</t>
+  </si>
+  <si>
+    <t>Molly Hatchet – Flirtin' With Disaster</t>
+  </si>
+  <si>
+    <t>Downliners Sect – Live In The 80's Clear Vinyl</t>
+  </si>
+  <si>
+    <t>Mike Oldfield – Discovery</t>
+  </si>
+  <si>
+    <t>Yardbirds – Spotlight On The Yardbirds</t>
+  </si>
+  <si>
+    <t>Skorpió – Hosszú Az Út / Szevasz, Haver</t>
+  </si>
+  <si>
+    <t>Csiszér Anna – Gyímesí Csángó Népdalok / Csiki Népdalcsokor</t>
+  </si>
+  <si>
+    <t>Spenót – Samba / Hová Tűntek A Szőke Nők</t>
+  </si>
+  <si>
+    <t>Új hullám/New Wave</t>
+  </si>
+  <si>
+    <t>GM49 – Kötöde</t>
+  </si>
+  <si>
+    <t>Diktátor – Animal Metal</t>
+  </si>
+  <si>
+    <t>Atlantis Együttes ‎– Atlantis Együttes</t>
+  </si>
+  <si>
+    <t>Atlantis Együttes – Atlantis Együttes</t>
+  </si>
+  <si>
+    <t>Illés Együttes – Tudod-e Te Kislány / Gondolj Néha Rám</t>
+  </si>
+  <si>
+    <t>Óceán – Szabadon Szeretni</t>
+  </si>
+  <si>
+    <t>Pandora's Box – Halálkatlan / A Bolond</t>
+  </si>
+  <si>
+    <t>Santana – Samba Pa Ti</t>
+  </si>
+  <si>
+    <t>Mainstream rock</t>
+  </si>
+  <si>
+    <t>Rockwell – Egy Màsik Vilàg / Utazás Maryvel</t>
+  </si>
+  <si>
+    <t>Skorpió – Új Generáció / Előre Nézz!</t>
+  </si>
+  <si>
+    <t>EAST ‎– A Valóság Hangjai</t>
+  </si>
+  <si>
+    <t>Dinamit – Tinédzser Dal</t>
+  </si>
+  <si>
+    <t>Cserháti Zsuzsa – Pinokkió / Valaha, Talán Nem Is Rég</t>
+  </si>
+  <si>
+    <t>The Rolling Stones – The Rolling Stones</t>
+  </si>
+  <si>
+    <t>Rolling Stones – Beggars Banquet</t>
+  </si>
+  <si>
+    <t>The Rolling Stones – Exile On Main St.</t>
+  </si>
+  <si>
+    <t>Republic – Én Vagyok A Világ</t>
+  </si>
+  <si>
+    <t>Velvet Revolver – Libertad</t>
+  </si>
+  <si>
+    <t>Csík Zenekar – SzívestÖRÖMest 2009 - Óévbúcsúztató Koncert</t>
+  </si>
+  <si>
+    <t>Csík Zenekar – Amit Szívedbe Rejtesz</t>
+  </si>
+  <si>
+    <t>Ákos – Hűség</t>
+  </si>
+  <si>
+    <t>Majsai Gábor – Swing És A Boogie</t>
+  </si>
+  <si>
+    <t>Új Beatrice – Ki Viszi Át?</t>
+  </si>
+  <si>
+    <t>Rod Stewart - Las Vegas Collection</t>
+  </si>
+  <si>
+    <t>Sláger - nemzetközi/international</t>
+  </si>
+  <si>
+    <t>Zalatnay Sarolta ‎– Ave Maria</t>
+  </si>
+  <si>
+    <t>The Kinks</t>
+  </si>
+  <si>
+    <t>The Pretty Things – Live At Heartbreak Hotel</t>
+  </si>
+  <si>
+    <t>Peter Green – Whatcha Gonna Do?</t>
+  </si>
+  <si>
+    <t>John Entwistle – Too Late The Hero</t>
+  </si>
+  <si>
+    <t>Spencer Davis – Crossfire</t>
+  </si>
+  <si>
+    <t>Wishbone Ash – Front Page News</t>
+  </si>
+  <si>
+    <t>Alexis Korner – Juvenile Delinquent</t>
+  </si>
+  <si>
+    <t>The Nashville Teens – Live At The Red House</t>
+  </si>
+  <si>
+    <t>Wishbone Ash – No Smoke Without Fire</t>
+  </si>
+  <si>
+    <t>Grundig hordozható CD-lejátszó</t>
+  </si>
+  <si>
+    <t>Guns N' Roses – G N' R Lies</t>
+  </si>
+  <si>
+    <t>Hard Rock</t>
+  </si>
+  <si>
+    <t>Pink Floyd – Obscured By Clouds (Music From La Vallée)</t>
+  </si>
+  <si>
+    <t>Skorpió – Gyere Velem!</t>
+  </si>
+  <si>
+    <t>Locomotiv GT. – X</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Locomotiv GT</t>
+  </si>
+  <si>
+    <t>Omega – XI.</t>
+  </si>
+  <si>
+    <t>Varga Vilmos – Válogatás Varga Vilmos Ady Című Előadó-estjéből</t>
+  </si>
+  <si>
+    <t>Színház - irodalom - vers / Theatre - Spoken</t>
+  </si>
+  <si>
+    <t>Fazakas István – Fazakas István</t>
+  </si>
+  <si>
+    <t>Michael Jackson ‎– Dangerous</t>
+  </si>
+  <si>
+    <t>Muddy Waters - Fathers And Sons</t>
+  </si>
+  <si>
+    <t>Blood, Sweat &amp; Tears – B, S &amp; T; 4</t>
+  </si>
+  <si>
+    <t>Jazzrock</t>
+  </si>
+  <si>
+    <t>Tomita – Pictures At An Exhibition</t>
+  </si>
+  <si>
+    <t>Elektronikus/Szintetizátor/Synth</t>
+  </si>
+  <si>
+    <t>Crack Orchestra – Crack Orchestra</t>
+  </si>
+  <si>
+    <t>Eric Clapton - Live On Tour 2001</t>
+  </si>
+  <si>
+    <t>Jamie Winchester &amp; Hrutka Róbert – Hole</t>
+  </si>
+  <si>
+    <t>Tankcsapda – Eleven</t>
+  </si>
+  <si>
+    <t>Révész – Révész 1993</t>
+  </si>
+  <si>
+    <t>Steve Winwood – Arc Of A Diver</t>
+  </si>
+  <si>
+    <t>Mihály Tamás – Last Minute</t>
+  </si>
+  <si>
+    <t>"R" Frakció – Kejne Pánik</t>
+  </si>
+  <si>
+    <t>Ákos – Az Utolsó Hangos Dal</t>
+  </si>
+  <si>
+    <t>UFO – Obsession</t>
+  </si>
+  <si>
+    <t>Bill Wyman – Monkey Grip</t>
+  </si>
+  <si>
+    <t>Sting by Steve Gett</t>
+  </si>
+  <si>
+    <t>Könyv / Book</t>
+  </si>
+  <si>
+    <t>David Bowie by Steve Gett</t>
+  </si>
+  <si>
+    <t>Peter Hammill – Skin</t>
+  </si>
+  <si>
+    <t>Tina Turner – I Can't Stand The Rain</t>
+  </si>
+  <si>
+    <t>Tina Turner – We Don't Need Another Hero (Thunderdome) - Extended Mix</t>
+  </si>
+  <si>
+    <t>Kim Wilde – Catch As Catch Can</t>
+  </si>
+  <si>
+    <t>Synth-pop</t>
+  </si>
+  <si>
+    <t>Chris Norman – Some Hearts Are Diamonds</t>
+  </si>
+  <si>
+    <t>Jennifer Rush – Heart Over Mind</t>
+  </si>
+  <si>
+    <t>Jennifer Rush – Jennifer Rush (International Version)</t>
+  </si>
+  <si>
+    <t>Alphaville – Jet Set (Jellybean Mix)</t>
+  </si>
+  <si>
+    <t>Ofra Haza – Galbi</t>
+  </si>
+  <si>
+    <t>James Brown – Living In America (12" Extended Dance Mix)</t>
+  </si>
+  <si>
+    <t>Pink Floyd – Obscured By Clouds</t>
+  </si>
+  <si>
+    <t>Gonda Sextet – Sámánének</t>
+  </si>
+  <si>
+    <t>Szabados Quartet – Az Esküvő</t>
+  </si>
+  <si>
+    <t>The Rolling Stones – Sticky Fingers</t>
+  </si>
+  <si>
+    <t>T. Rex – Metal Guru</t>
+  </si>
+  <si>
+    <t>Piramis – A Becsület / Szállj Fel Magasra</t>
+  </si>
+  <si>
+    <t>Tejbezrí – Kudarc / Tűzoltó U. 25.</t>
+  </si>
+  <si>
+    <t>Beatrice – Pofonok Völgye</t>
+  </si>
+  <si>
+    <t>Bergendy – Darabokra Törted A Szívem / Rés A Tetőn</t>
+  </si>
+  <si>
+    <t>Mini – Úton A Föld Felé</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Esztrád</t>
+  </si>
+  <si>
+    <t>Pandora's Box – P. Box</t>
+  </si>
+  <si>
+    <t>EAST – Az Áldozat (Szodoma) Balettzene</t>
+  </si>
+  <si>
+    <t>EAST – Játékok</t>
+  </si>
+  <si>
+    <t>Mini ‎– Koncert</t>
+  </si>
+  <si>
+    <t>Omega / Locomotiv GT / Beatrice – Kisstadion '80</t>
+  </si>
+  <si>
+    <t>Fonográf – Na Mi Újság Wágner Úr?</t>
+  </si>
+  <si>
+    <t>Karácsony János – Az Időn Túl</t>
+  </si>
+  <si>
+    <t>Syrius – Az Ördög Álarcosbálja</t>
+  </si>
+  <si>
+    <t>Dogs Együttes – Sötét Alagút</t>
+  </si>
+  <si>
+    <t>Jokers Együttes / V '73 – Őszre Jár / Egy Pillanat</t>
+  </si>
+  <si>
+    <t>Három Kívánság</t>
+  </si>
+  <si>
+    <t>Exotic – Szabadság-Dal</t>
+  </si>
+  <si>
+    <t>Hangár Együttes – Comment Ca Va? / Kérek Egy Szeletet A Tortából</t>
+  </si>
+  <si>
+    <t>Saturnus – Saturnus</t>
+  </si>
+  <si>
+    <t>Karthago / Color – Apáink Útján / Vallomás</t>
+  </si>
+  <si>
+    <t>Omega – Naplemente</t>
+  </si>
+  <si>
+    <t>Bruce Springsteen – Born In The U.S.A.</t>
+  </si>
+  <si>
+    <t>Generál – Piros Bicikli</t>
+  </si>
+  <si>
+    <t>SBB – SBB</t>
+  </si>
+  <si>
+    <t>Piramis – Plusz</t>
+  </si>
+  <si>
+    <t>Dixieland Fesztivál '87 Salgótarján</t>
+  </si>
+  <si>
+    <t>Dixieland/Ragtime</t>
+  </si>
+  <si>
+    <t>Duke Ellington, Benny Goodman, Count Basie, Lionel Hampton – Les Plus Grands Succes De</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>Delhusa Gjon – Csavargó</t>
+  </si>
+  <si>
+    <t>Hit-Rock / Solaris – A Vén Csavargó Halála / Solaris</t>
+  </si>
+  <si>
+    <t>Sirokkó – Tükörember</t>
+  </si>
+  <si>
+    <t>Zalatnay Sarolta – Miért Mentél El? / Fekete Árnyék</t>
+  </si>
+  <si>
+    <t>Zalatnay Sarolta – Hidd El, Ha Mondom / Itt A Nyár</t>
+  </si>
+  <si>
+    <t>Juventus / Magdi Bódi – Jöjjetek Velem / Ne Nézz A Napba</t>
+  </si>
+  <si>
+    <t>Non-Stop – Szép Margit / Szelíd Tüzek</t>
+  </si>
+  <si>
+    <t>Omega – Hűtlen Barátok</t>
+  </si>
+  <si>
+    <t>Mini – Sirályok / Kereszteslovagok</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Első Magyar Óriáskislemez</t>
+  </si>
+  <si>
+    <t>V' Moto-Rock – Gyertyák</t>
+  </si>
+  <si>
+    <t>Hip Hop Boyz – 3</t>
+  </si>
+  <si>
+    <t>Major Tamás – A Dunánál (József Attila Versei)</t>
+  </si>
+  <si>
+    <t>Piramis – Piramis</t>
+  </si>
+  <si>
+    <t>Mahalia Jackson – Star-Portrait Mahalia Jackson</t>
+  </si>
+  <si>
+    <t>Gospel</t>
+  </si>
+  <si>
+    <t>The Who – Who Are You</t>
+  </si>
+  <si>
+    <t>Leonard Bernstein – West Side Story</t>
+  </si>
+  <si>
+    <t>The Dutch Swing College Band – Music For The Millions</t>
+  </si>
+  <si>
+    <t>Bergendy – Beat Ablak</t>
+  </si>
+  <si>
+    <t>Bergendy – Ötödik Sebesség</t>
+  </si>
+  <si>
+    <t>Cziffra György – Holdfény És Álmodozás</t>
+  </si>
+  <si>
+    <t>Komolyzene/Classical</t>
+  </si>
+  <si>
+    <t>Cziffra György – A Tánc</t>
+  </si>
+  <si>
+    <t>Budapesti Ragtime Együttes – Ragtime</t>
+  </si>
+  <si>
+    <t>Count Basie – The Golden Era Of Jazz 1. - Live And Rare</t>
+  </si>
+  <si>
+    <t>Nat King Cole – The Golden Era Of Jazz 2. - Live And Rare</t>
+  </si>
+  <si>
+    <t>Bing Crosby ‒ Rosemary Clooney – Rendezvous</t>
+  </si>
+  <si>
+    <t>Louis Armstrong – Lucerna~1965 - Lucerna Hall~Prague 1965 - Live</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Gyilkosság Rt.</t>
+  </si>
+  <si>
+    <t>Concerts For The People Of Kampuchea</t>
+  </si>
+  <si>
+    <t>Ba-Ka – Szeress Belém Baby!</t>
+  </si>
+  <si>
+    <t>Ron Wood – I've Got My Own Album To Do</t>
+  </si>
+  <si>
+    <t>Pop-Tari-Top '86</t>
+  </si>
+  <si>
+    <t>Karthago – Ezredforduló</t>
+  </si>
+  <si>
+    <t>Edda Művek – Edda Művek 5.</t>
+  </si>
+  <si>
+    <t>Victor Máté – Non-Stop</t>
+  </si>
+  <si>
+    <t>Csaba Deseő Jazz Quintet &amp; Friends – Ultraviola</t>
+  </si>
+  <si>
+    <t>Skorpió – Aranyalbum 1973-1983</t>
+  </si>
+  <si>
+    <t>Skorpió – Ünnepnap</t>
+  </si>
+  <si>
+    <t>Omega – Élő Omega Kisstadion '79</t>
+  </si>
+  <si>
+    <t>Ákos – Magunk Maradtunk</t>
+  </si>
+  <si>
+    <t>Shakespeare / Latinovits Zoltán / Ruttkai Éva – Rómeó És Júlia</t>
+  </si>
+  <si>
+    <t>Carreras, Domingo, Pavarotti, Mehta – In Concert</t>
+  </si>
+  <si>
+    <t>The Communards – Red</t>
+  </si>
+  <si>
+    <t>Illés – Add A Kezed</t>
+  </si>
+  <si>
+    <t>Fonográf – Fonográf I.</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>Fonográf – Country &amp; Eastern</t>
+  </si>
+  <si>
+    <t>Szörényi Levente – Hazatérés</t>
+  </si>
+  <si>
+    <t>Szörényi Levente – Végtelen Úton...</t>
+  </si>
+  <si>
+    <t>Fonográf – Jelenkor</t>
+  </si>
+  <si>
+    <t>Fonográf – FG-4</t>
+  </si>
+  <si>
+    <t>Osibisa – Ojah Awake</t>
+  </si>
+  <si>
+    <t>Kovács Kati, Locomotiv GT – Közel A Naphoz</t>
+  </si>
+  <si>
+    <t>Ultravox – Quartet</t>
+  </si>
+  <si>
+    <t>1.2.3... Start</t>
+  </si>
+  <si>
+    <t>Bone Connection ‎– Budapest</t>
+  </si>
+  <si>
+    <t>Humble Pie – Eat It</t>
+  </si>
+  <si>
+    <t>Ákos – Beavatás</t>
+  </si>
+  <si>
+    <t>1. Blues &amp; Rock Festival '93 Paks - Jam Session Program</t>
+  </si>
+  <si>
+    <t>SHARP ST-32H(B) rádió</t>
+  </si>
+  <si>
+    <t>SHARP SM-32H(B) erősítő</t>
+  </si>
+  <si>
+    <t>Velvet Underground – 1966</t>
+  </si>
+  <si>
+    <t>Alternatív / Alternative</t>
+  </si>
+  <si>
+    <t>Status Quo – Whatever You Want</t>
+  </si>
+  <si>
+    <t>10cc – Deceptive Bends</t>
+  </si>
+  <si>
+    <t>Underground Gold</t>
+  </si>
+  <si>
+    <t>Johnny Winter – First Winter</t>
+  </si>
+  <si>
+    <t>Johnny Winter – Early Times</t>
+  </si>
+  <si>
+    <t>Johnny Winter – The Johnny Winter Story</t>
+  </si>
+  <si>
+    <t>Paul Simon – One-Trick Pony</t>
+  </si>
+  <si>
+    <t>Cseh Tamás – Titkos Dalok</t>
+  </si>
+  <si>
+    <t>The King's Singers – A Tribute To The Comedian Harmonists</t>
+  </si>
+  <si>
+    <t>The Pipes of Scotland</t>
+  </si>
+  <si>
+    <t>Molnár Dixieland Band</t>
+  </si>
+  <si>
+    <t>Replika – Másik Világ Kapujában</t>
+  </si>
+  <si>
+    <t>Mini – Vissza A Városba</t>
+  </si>
+  <si>
+    <t>Icon – Icon</t>
+  </si>
+  <si>
+    <t>Hangtapasz – Tapasztalj!</t>
+  </si>
+  <si>
+    <t>Szélső Érték - Hangot hallottam</t>
+  </si>
+  <si>
+    <t>International Gastroblues Festival - Best Of 1993 - 2009</t>
+  </si>
+  <si>
+    <t>Ölveti Blues Band – Te És Én</t>
+  </si>
+  <si>
+    <t>Anima Sound System – Gipsy Sound Clash</t>
+  </si>
+  <si>
+    <t>Jamana – Sörhasú Dagadt</t>
+  </si>
+  <si>
+    <t>Az Edda Két Arca</t>
+  </si>
+  <si>
+    <t>P. Mobil – The Worst Of P.Mobil Live</t>
+  </si>
+  <si>
+    <t>Skorpió – A Show Megy Tovább</t>
+  </si>
+  <si>
+    <t>Beatrice – Utálom Az Egész XX. Századot</t>
+  </si>
+  <si>
+    <t>Tunyogi Rock Band – Próbáld Meg Őszintén...</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – 424 Mozdonyopera</t>
+  </si>
+  <si>
+    <t>Action – A Hetedik</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – A Fiúk A Kocsmába Mentek</t>
+  </si>
+  <si>
+    <t>A Beatrice Legjobb Dalai - Budapest Sportcsarnok 1991 XI 23</t>
+  </si>
+  <si>
+    <t>Hobo – I Love You Budapest</t>
+  </si>
+  <si>
+    <t>Sing Sing – Életfogytig Rock'n Roll</t>
+  </si>
+  <si>
+    <t>D. Nagy és a Frakció – Budapest Felett...</t>
+  </si>
+  <si>
+    <t>Cseh Tamás és Másik János – Levél Nővéremnek 2.</t>
+  </si>
+  <si>
+    <t>Cseh Tamás, Bereményi Géza – A Telihold Dalai</t>
+  </si>
+  <si>
+    <t>Wilson Pickett – The Best Of Wilson Pickett</t>
+  </si>
+  <si>
+    <t>Funky</t>
+  </si>
+  <si>
+    <t>Illés Lajos – Magyar Ének I - II - III. - Cantus Hungaricus</t>
+  </si>
+  <si>
+    <t>Jon And Vangelis – The Friends Of Mr. Cairo</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Zene (Mindenki Másképp Csinálja)</t>
+  </si>
+  <si>
+    <t>Supergroup – Supergroup Live</t>
+  </si>
+  <si>
+    <t>Genesis – Genesis Live</t>
+  </si>
+  <si>
+    <t>ABBA – Greatest Hits</t>
+  </si>
+  <si>
+    <t>Uriah Heep – Firefly</t>
+  </si>
+  <si>
+    <t>Skorpió – Azt Beszéli Már Az Egész Város</t>
+  </si>
+  <si>
+    <t>Safari – That Was Then, This Is Now</t>
+  </si>
+  <si>
+    <t>Vangelis Papathanassiou – Opera Sauvage</t>
+  </si>
+  <si>
+    <t>Cserháti Zsuzsa – Többé Nincs Megállás</t>
+  </si>
+  <si>
+    <t>Blaskó Dixieland Jazz Band ‎– Stevedore Stomp</t>
+  </si>
+  <si>
+    <t>Three Dog Night – It Ain't Easy</t>
+  </si>
+  <si>
+    <t>Elton John – Breaking Hearts</t>
+  </si>
+  <si>
+    <t>Philadelphia Jerry Ricks – Empty Bottle Blues</t>
+  </si>
+  <si>
+    <t>Trio – Trio</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Ellenfél Nélkül</t>
+  </si>
+  <si>
+    <t>Máté Péter, Bontovics Kati – Együttlét / Bennem Ég A Vágy</t>
+  </si>
+  <si>
+    <t>KFT – Tea / Nem Sikerül Kikúrálni Magam</t>
+  </si>
+  <si>
+    <t>Artur És A Detektívek – Mi Jut Eszembe? / Nyom Nélkül...</t>
+  </si>
+  <si>
+    <t>Fenyő Miki – Jön A Break / Audió-Riadó (Ra-Tata)</t>
+  </si>
+  <si>
+    <t>Break</t>
+  </si>
+  <si>
+    <t>Prognózis – Hajsza Közben / Nyári Éjszakák</t>
+  </si>
+  <si>
+    <t>Napoleon Boulevard / Balogh Ferenc – Kérlek, Ne Félj / Ő</t>
+  </si>
+  <si>
+    <t>Kaszab Tibor / Studium Dixieland Oktett – Vasárnapi Ebéd / Bill Bailey</t>
+  </si>
+  <si>
+    <t>Eric Clapton – Unplugged</t>
+  </si>
+  <si>
+    <t>Republic – Tüzet Viszek</t>
+  </si>
+  <si>
+    <t>Republic – Igen</t>
+  </si>
+  <si>
+    <t>KFT / Bódy Magdi – Bábu Vagy / Sakkfigurák</t>
+  </si>
+  <si>
+    <t>Földes László Hobo - Rolling Stones könyv</t>
+  </si>
+  <si>
+    <t>Első Emelet – A Kenguru Jobb Horga / Álmatlanul</t>
+  </si>
+  <si>
+    <t>Yello – Essential</t>
+  </si>
+  <si>
+    <t>Piramis – "Szeress!"</t>
+  </si>
+  <si>
+    <t>Debski-Vasvári Group – Montreal Ballad</t>
+  </si>
+  <si>
+    <t>Damned Road – Elátkozott Úton</t>
+  </si>
+  <si>
+    <t>Robert Mandel – Electrotary®</t>
+  </si>
+  <si>
+    <t>Ghymes – Rege</t>
+  </si>
+  <si>
+    <t>Müller Péter Sziámi - Dalszövegkönyv</t>
+  </si>
+  <si>
+    <t>Ákos – Új Törvény</t>
+  </si>
+  <si>
+    <t>Beatrice – 1988</t>
+  </si>
+  <si>
+    <t>Republic – Disco</t>
+  </si>
+  <si>
+    <t>Devadip Carlos Santana – The Swing Of Delight</t>
+  </si>
+  <si>
+    <t>Modern Talking – Romantic Warriors - The 5th Album</t>
+  </si>
+  <si>
+    <t>Zoltán Erika – Túl Szexi?</t>
+  </si>
+  <si>
+    <t>Republic – Hoppá-Hoppá!!!</t>
+  </si>
+  <si>
+    <t>The Trammps – The Whole World's Dancing</t>
+  </si>
+  <si>
+    <t>Fonográf – A Búcsú</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>Tony Lakatos – Tony Lakatos And His Friends</t>
+  </si>
+  <si>
+    <t>U218 - Singles</t>
+  </si>
+  <si>
+    <t>U2 Vertigo 2005</t>
+  </si>
+  <si>
+    <t>Balázs Ferenc, Pál Herrer, Ifj., Lippényi Gábor – Szerelmi Álmok - Klasszikus Művek Átíratai</t>
+  </si>
+  <si>
+    <t>Muzsikás – Ősz Az Idő</t>
+  </si>
+  <si>
+    <t>Sexepil – Sugar For The Soul</t>
+  </si>
+  <si>
+    <t>Takáts Tamás Dirty Blues Band – Húzom Az Igát</t>
+  </si>
+  <si>
+    <t>Takáts Tamás Dirty Blues Band – Megöl A Vágy</t>
+  </si>
+  <si>
+    <t>Takáts Tamás Dirty Blues Band – Best Of</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Tiltott Gyümölcs</t>
+  </si>
+  <si>
+    <t>AudioTechnika pickup</t>
+  </si>
+  <si>
+    <t>Édaín - Thar Sáile / A tengeren túl</t>
+  </si>
+  <si>
+    <t>Paul Brett – Guitar Trek</t>
+  </si>
+  <si>
+    <t>Roger Daltrey – Parting Should Be Painless</t>
+  </si>
+  <si>
+    <t>Jarre – Magnetic Fields</t>
+  </si>
+  <si>
+    <t>Makám · Lovász Irén – 9 Colinda</t>
+  </si>
+  <si>
+    <t>Pa-Dö-Dő – 4. Tessék Dudálni!</t>
+  </si>
+  <si>
+    <t>P. Box – P. Box</t>
+  </si>
+  <si>
+    <t>Wittek Mária - Somló Tamás, Benkő László, Omega – Little Man / What Now My Love</t>
+  </si>
+  <si>
+    <t>Piramis – Kívánj Igazi Ünnepet</t>
+  </si>
+  <si>
+    <t>Bergendy / Szűcs Judit – Szellemvasút / Ne Bántsd A Csendet!</t>
+  </si>
+  <si>
+    <t>Korál – Nincs Búcsúzás</t>
+  </si>
+  <si>
+    <t>Korál – A Kőfalak Leomlanak / Ne Állj Meg Soha</t>
+  </si>
+  <si>
+    <t>Sprint / General – Szó Ami Szó / Különös Szilveszter</t>
+  </si>
+  <si>
+    <t>Corpus, Wastaps – Impressziók / Magasba Kellene Érni</t>
+  </si>
+  <si>
+    <t>Illés – Új Világ</t>
+  </si>
+  <si>
+    <t>Omega – Ajándékdalok 1999</t>
+  </si>
+  <si>
+    <t>Fonográf – Edison Fonográf Album</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band– Középeurópai Hobo Blues</t>
+  </si>
+  <si>
+    <t>Yes – Tormato</t>
+  </si>
+  <si>
+    <t>The Brothers Johnson – Blast!</t>
+  </si>
+  <si>
+    <t>Joe Cocker – Night Calls</t>
+  </si>
+  <si>
+    <t>Roxy Music – Flesh + Blood</t>
+  </si>
+  <si>
+    <t>Elvis – The Sun Sessions</t>
+  </si>
+  <si>
+    <t>Rock &amp; Roll</t>
+  </si>
+  <si>
+    <t>The Stud filmzene</t>
+  </si>
+  <si>
+    <t>Beamter — Martiny – Bűvölet</t>
+  </si>
+  <si>
+    <t>Nazareth – Malice In Wonderland</t>
+  </si>
+  <si>
+    <t>Squeeze – Babylon And On</t>
+  </si>
+  <si>
+    <t>Wet Wet Wet – High On The Happy Side</t>
+  </si>
+  <si>
+    <t>Engelbert Humperdinck – Portrait In Gold - Engelbert</t>
+  </si>
+  <si>
+    <t>Szabó - Beamter Duó – Egy Este A Duna Bárban</t>
+  </si>
+  <si>
+    <t>Best of Pink Floyd</t>
+  </si>
+  <si>
+    <t>Procol Harum In Concert With The Edmonton Symphony Orchestra – Live</t>
+  </si>
+  <si>
+    <t>Three Dog Night – Cyan</t>
+  </si>
+  <si>
+    <t>Paul McCartney – McCartney II</t>
+  </si>
+  <si>
+    <t>Electric Light Orchestra – Time</t>
+  </si>
+  <si>
+    <t>Szikora Róbert &amp; The R-Go Proletars – Egy Proletár Párizsban</t>
+  </si>
+  <si>
+    <t>R-GO – Az Idő</t>
+  </si>
+  <si>
+    <t>Slágermúzeum - 20 Éves A Magyar Hanglemezgyártó Vállalat</t>
+  </si>
+  <si>
+    <t>Skorpió – Új Skorpió</t>
+  </si>
+  <si>
+    <t>Piramis – 2</t>
+  </si>
+  <si>
+    <t>ABBA – Super Trouper</t>
+  </si>
+  <si>
+    <t>Postásy Júlia, Dévényi Ádám – Nincs Kegyelem</t>
+  </si>
+  <si>
+    <t>Másik János – Trance Balance</t>
+  </si>
+  <si>
+    <t>Tibor Szemző – Snapshot From The Island</t>
+  </si>
+  <si>
+    <t>Táncdal 1970</t>
+  </si>
+  <si>
+    <t>Éva – A Sárkány Éve</t>
+  </si>
+  <si>
+    <t>Tolcsvay László, Tolcsvay Béla – Magyar Mise</t>
+  </si>
+  <si>
+    <t>V'Moto-Rock – V'Moto-Rock</t>
+  </si>
+  <si>
+    <t>Egy Katona Megy A Hóban (Versek A Második Világháborúról)</t>
+  </si>
+  <si>
+    <t>Kormorán – Anyámnak</t>
+  </si>
+  <si>
+    <t>Z'Zi Labor – Faképnél Történő Hagyás</t>
+  </si>
+  <si>
+    <t>Komár László – Emlék - Elvis Presley</t>
+  </si>
+  <si>
+    <t>Babos Gyula – Timeless Journey</t>
+  </si>
+  <si>
+    <t>B.B. King – Friends</t>
+  </si>
+  <si>
+    <t>Cypress Hill – Insane In The Brain</t>
+  </si>
+  <si>
+    <t>Madam Ymola – Madam Killer</t>
+  </si>
+  <si>
+    <t>Alice In Chains – Nothing Safe</t>
+  </si>
+  <si>
+    <t>Sztevánovity Zorán – Zorán</t>
+  </si>
+  <si>
+    <t>Kormorán – Folk &amp; Roll</t>
+  </si>
+  <si>
+    <t>Képzelt Riport Egy Amerikai Pop-Fesztiválról</t>
+  </si>
+  <si>
+    <t>V'Moto-Rock – Gyertyák</t>
+  </si>
+  <si>
+    <t>Presser Gábor - Adamis Anna – Harmincéves Vagyok</t>
+  </si>
+  <si>
+    <t>Bergendy – Fagypont Fölött Miénk A Világ</t>
+  </si>
+  <si>
+    <t>Tom Jones – Tom</t>
+  </si>
+  <si>
+    <t>Harangozó Teri – Lánynak Születtem</t>
+  </si>
+  <si>
+    <t>Ringo Starr – Bad Boy</t>
+  </si>
+  <si>
+    <t>Rod Stewart – Every Beat Of My Heart</t>
+  </si>
+  <si>
+    <t>Magyar A Világűrben</t>
+  </si>
+  <si>
+    <t>The Shadows – String Of Hits</t>
+  </si>
+  <si>
+    <t>Lucky Boys – Where Is The Tiger?</t>
+  </si>
+  <si>
+    <t>Benkó Dixieland Band – Blues</t>
+  </si>
+  <si>
+    <t>Benkó Dixieland Band, Wild Bill Davison, George Probert – Jubileum</t>
+  </si>
+  <si>
+    <t>Benkó Dixieland Band – Benkó Dixieland Band</t>
+  </si>
+  <si>
+    <t>Benkó Dixieland Band – Face To Face</t>
+  </si>
+  <si>
+    <t>Benkó Dixieland Band – La Fiesta Grande</t>
+  </si>
+  <si>
+    <t>Dés - Bereményi, Básti Juli - Cserhalmi György – Hallgass Kicsit</t>
+  </si>
+  <si>
+    <t>All Time Dixieland</t>
+  </si>
+  <si>
+    <t>Vankóné Dudás Juli – Sej, Galgamácsa Eszembe Se Jutna</t>
+  </si>
+  <si>
+    <t>Fonográf – Útközben</t>
+  </si>
+  <si>
+    <t>Benkő László – Lexikon</t>
+  </si>
+  <si>
+    <t>Benkő László – Lexikon 2.</t>
+  </si>
+  <si>
+    <t>Omega – Az Arc</t>
+  </si>
+  <si>
+    <t>Korál – Korál</t>
+  </si>
+  <si>
+    <t>Szörényi Levente, Koncz Zsuzsa – Balladák</t>
+  </si>
+  <si>
+    <t>Edda Művek – Edda Művek</t>
+  </si>
+  <si>
+    <t>Generál – Játszd Újra El / Yeti, A Hegyi Ember</t>
+  </si>
+  <si>
+    <t>Locomotiv GT - Újrahasznostás + koncertfilm</t>
+  </si>
+  <si>
+    <t>Somló Tamás – Somló</t>
+  </si>
+  <si>
+    <t>Simon And Garfunkel – Bridge Over Troubled Water</t>
+  </si>
+  <si>
+    <t>Laux &amp; Cream Cheese – Nem Semmi...</t>
+  </si>
+  <si>
+    <t>Republic – Boldogság.hu</t>
+  </si>
+  <si>
+    <t>Crazy Town – The Gift Of Game</t>
+  </si>
+  <si>
+    <t>Metal</t>
+  </si>
+  <si>
+    <t>Charlie – Annyi Minden Történt</t>
+  </si>
+  <si>
+    <t>Sing Sing – Tábor '96</t>
+  </si>
+  <si>
+    <t>SONY EF 90 NORMAL</t>
+  </si>
+  <si>
+    <t>Fonográf – I. M. Elvis Presley / 1978</t>
+  </si>
+  <si>
+    <t>The Beach Boys – The Beach Boys</t>
+  </si>
+  <si>
+    <t>MC Hawer Feat. Tekknő – Bye-Bye Lány</t>
+  </si>
+  <si>
+    <t>Dés + Geszti : Jazz+Az – Kalózok</t>
+  </si>
+  <si>
+    <t>Unisex – Szebb Holnap...</t>
+  </si>
+  <si>
+    <t>Koltay Gergely – Honfoglalás</t>
+  </si>
+  <si>
+    <t>Nilo Menéndez – Masabi</t>
+  </si>
+  <si>
+    <t>Latin</t>
+  </si>
+  <si>
+    <t>Dub Guerilla – Dub Guerilla</t>
+  </si>
+  <si>
+    <t>Dub - Ska</t>
+  </si>
+  <si>
+    <t>Generál / Corvina – Csöngess Be, Jóbarát! / Régi Utcán</t>
+  </si>
+  <si>
+    <t>Marcellina PJT – Te Vagy A Sztár / Elviszi Majd Az Idő</t>
+  </si>
+  <si>
+    <t>Orlando – Tombe La Neige</t>
+  </si>
+  <si>
+    <t>II. Magyar Poppiac - Tehetségkutató Kazetta</t>
+  </si>
+  <si>
+    <t>Bikini – Izzik A Tavaszi Délután</t>
+  </si>
+  <si>
+    <t>Hilde Ott &amp; Thomas Wendlinger Sterne Unserer Heimat</t>
+  </si>
+  <si>
+    <t>Hans Recknagel Und Seine Wiener Schrammeln – Bei Den Schrammeln Zu Gast</t>
+  </si>
+  <si>
+    <t>Earth, Wind &amp; Fire ‎– Boogie Wonderland</t>
+  </si>
+  <si>
+    <t>Vízöntő Együttes – Élő Népzene (Living Hungarian Folk Music)</t>
+  </si>
+  <si>
+    <t>Trió Stendhal – Trió Stendhal</t>
+  </si>
+  <si>
+    <t>Various – Hamupipőke</t>
+  </si>
+  <si>
+    <t>Ruttkai – Ruttkai</t>
+  </si>
+  <si>
+    <t>Various – The Blues-Story</t>
+  </si>
+  <si>
+    <t>Trio – Bye Bye</t>
+  </si>
+  <si>
+    <t>Various – Gyerobik (Zenés Torna Gyerekeknek)</t>
+  </si>
+  <si>
+    <t>Jancsó Adrienne – Jékely Zoltán: Csunyinka Álma / Nemes Nagy Ágnes: Felicián, Vagy A Tölgyfák Tánca</t>
+  </si>
+  <si>
+    <t>Various – Titok – Négy Mese</t>
+  </si>
+  <si>
+    <t>Halász Judit – Kép A Tükörben</t>
+  </si>
+  <si>
+    <t>Various – Szegény Dzsoni és Árnika</t>
+  </si>
+  <si>
+    <t>Muszty - Dobay – Titkos Út</t>
+  </si>
+  <si>
+    <t>Halász Judit – Mákosrétes</t>
+  </si>
+  <si>
+    <t>Emerson, Lake &amp; Palmer – Pictures At An Exhibition</t>
+  </si>
+  <si>
+    <t>Sipos F. Tamás – Buli Van!</t>
+  </si>
+  <si>
+    <t>Johnny Joker – Április Bolondja / Johnny Joker</t>
+  </si>
+  <si>
+    <t>Modern Hungária – Karácsony Éjjelén / Boldog Új Év</t>
+  </si>
+  <si>
+    <t>Fábián Éva – Ne Félts Hát / Égigérő Lajtorja</t>
+  </si>
+  <si>
+    <t>Tom Jones – I'll Never Fall In Love Again / Things I Wanna Do</t>
+  </si>
+  <si>
+    <t>Bob Dylan – Changing Of The Guards / New Pony</t>
+  </si>
+  <si>
+    <t>Omega Együttes – Megbántottál / Nem Vagy Szép</t>
+  </si>
+  <si>
+    <t>Club Együttes – Dél-Amerikai Táncdalok</t>
+  </si>
+  <si>
+    <t>Smokie – Babe It's Up To You / Did She Have To Go Away</t>
+  </si>
+  <si>
+    <t>Uriah Heep – Free Me</t>
+  </si>
+  <si>
+    <t>Omega együttes – Naplemente</t>
+  </si>
+  <si>
+    <t>Tom Jones – Delilah</t>
+  </si>
+  <si>
+    <t>Pink Floyd Meddle</t>
+  </si>
+  <si>
+    <t>The Police- Zenyatta Mondatta</t>
+  </si>
+  <si>
+    <t>Illés - Népstadion '90 I.</t>
+  </si>
+  <si>
+    <t>Bonanza Banzai - Búcsúkoncert BS 94.XI.12.</t>
+  </si>
+  <si>
+    <t>Omega - Gammapolis</t>
+  </si>
+  <si>
+    <t>Omega - Omega 8: Csillagok Útján</t>
+  </si>
+  <si>
+    <t>Peter Gabriel</t>
+  </si>
+  <si>
+    <t>Junkies – Káros Az Egészségre 25</t>
+  </si>
+  <si>
+    <t>Led Zeppelin (Лед Зеппелин)</t>
+  </si>
+  <si>
+    <t>Deep Purple – Machine Head</t>
+  </si>
+  <si>
+    <t>Syrius – Az Ördög Álarcosbálja (Devil's Masquerade)</t>
+  </si>
+  <si>
+    <t>Sonny Terry And Brownie Mc Ghee – At Sugar Hill</t>
+  </si>
+  <si>
+    <t>Alberto Y Lost Trios Paranoias – Italians From Outer Space</t>
+  </si>
+  <si>
+    <t>The Beach Boys – Original 20 Hits</t>
+  </si>
+  <si>
+    <t>Toots Thielemans ‎– Toots Thielemans</t>
+  </si>
+  <si>
+    <t>Deep Purple – The Mark 2 Purple Singles</t>
+  </si>
+  <si>
+    <t>Sonny Terry – Whoopin' The Blues</t>
+  </si>
+  <si>
+    <t>Sonny Terry &amp; Brownie McGhee ‎– Midnight Special</t>
+  </si>
+  <si>
+    <t>Johnny Hodges – The Rabbit In Paris</t>
+  </si>
+  <si>
+    <t>Animal Cannibals – Kanni-Bál</t>
+  </si>
+  <si>
+    <t>Led Zeppelin – Coda</t>
+  </si>
+  <si>
+    <t>Led Zeppelin – In Through The Out Door</t>
+  </si>
+  <si>
+    <t>Deep Purple – Live In London</t>
+  </si>
+  <si>
+    <t>Stan Getz Featuring Paul Horn &amp; Mike Garson – Midem Live '80</t>
+  </si>
+  <si>
+    <t>East Of Eden – The World Of East Of Eden</t>
+  </si>
+  <si>
+    <t>Profán – Pro Pátria</t>
+  </si>
+  <si>
+    <t>Adam And The Ants – Prince Charming</t>
+  </si>
+  <si>
+    <t>Bay City Rollers – Dedication</t>
+  </si>
+  <si>
+    <t>Pete Fountain – Pete Fountain's Crescent City</t>
+  </si>
+  <si>
+    <t>Eric Burdon – Mad Man</t>
+  </si>
+  <si>
+    <t>The Alan Parsons Project – Eye In The Sky</t>
+  </si>
+  <si>
+    <t>Air Supply – The One That You Love</t>
+  </si>
+  <si>
+    <t>Adam And The Ants – Kings Of The Wild Frontier</t>
+  </si>
+  <si>
+    <t>Lester Young – Vol.4 - Live Recordings In New York City</t>
+  </si>
+  <si>
+    <t>Osibisa – Welcome Home</t>
+  </si>
+  <si>
+    <t>Shop Sonny Terry &amp; Brownie McGhee</t>
+  </si>
+  <si>
+    <t>Sonny Terry &amp; Brownie McGhee ‎– Bluesville</t>
+  </si>
+  <si>
+    <t>Johnny Cash With Carl Perkins And The Tennessee Three ‎– Little Fauss And Big Halsy</t>
+  </si>
+  <si>
+    <t>Woodstock Two</t>
+  </si>
+  <si>
+    <t>The Beach Boys ‎– Best Of The Beach Boys, Vol. 2</t>
+  </si>
+  <si>
+    <t>Rosanne Cash – Seven Year Ache</t>
+  </si>
+  <si>
+    <t>Johnny Cash – Rockabilly Blues</t>
+  </si>
+  <si>
+    <t>The Choir Of Westminster Abbey Conducted By Douglas Guest – Christmas Carols From Westminster Abbey</t>
+  </si>
+  <si>
+    <t>Karácsony/Christmas</t>
+  </si>
+  <si>
+    <t>Eric Clapton – Money And Cigarettes</t>
+  </si>
+  <si>
+    <t>Billy Taylor Quartet Featuring Joe Kennedy ‎– Where've You Been?</t>
+  </si>
+  <si>
+    <t>Steamhammer – Mountains</t>
+  </si>
+  <si>
+    <t>Éva-Neoton – Minden Megoldás Érdekel</t>
+  </si>
+  <si>
+    <t>Dick Smede Orchestra – Salut To Ray Conniff</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Mindig Magasabbra</t>
+  </si>
+  <si>
+    <t>Skorpió – Kelj Fel!</t>
+  </si>
+  <si>
+    <t>Skorpió – A Rohanás</t>
+  </si>
+  <si>
+    <t>Piramis / Karda Beáta – Égni Kell Annak, Aki Gyújtani Akar / Bolond Mesék</t>
+  </si>
+  <si>
+    <t>Bódi Magdi / Bontovics Kati – Akarom, Hogy Sírni Láss / Bármit Mondasz Barátom</t>
+  </si>
+  <si>
+    <t>Carmen – Ez Nem Az A Hely</t>
+  </si>
+  <si>
+    <t>Carmen – 2000-be Érve</t>
+  </si>
+  <si>
+    <t>Nevergreen – Mindörökké</t>
+  </si>
+  <si>
+    <t>Doom Metal</t>
+  </si>
+  <si>
+    <t>Ákos – Keresem Az Utam</t>
+  </si>
+  <si>
+    <t>Hungaria – Hotel Menthol</t>
+  </si>
+  <si>
+    <t>Tátrai Band – A Küszöbön Túl</t>
+  </si>
+  <si>
+    <t>Tátrai Tibor &amp; Szűcs Antal Gábor – Latin - Latin</t>
+  </si>
+  <si>
+    <t>Tátrai Tibor &amp; Szűcs Antal Gábor – Latin</t>
+  </si>
+  <si>
+    <t>Tátrai Tibor &amp; Szűcs Antal Gábor – Latin Latin Latin</t>
+  </si>
+  <si>
+    <t>Karthago – ValóságRock</t>
+  </si>
+  <si>
+    <t>Presser Gábor – Angyalok És Emberek</t>
+  </si>
+  <si>
+    <t>Ghymes – Egy Évtized Legszebb Dalai</t>
+  </si>
+  <si>
+    <t>Máté Péter – Éjszakák És Nappalok</t>
+  </si>
+  <si>
+    <t>Hooligans – Szenzáció!!!</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Loksi</t>
+  </si>
+  <si>
+    <t>Új Bikini – A Sötétebbik Oldal</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Vándor Az Úton - HBB - Morrison Emlékműsor</t>
+  </si>
+  <si>
+    <t>Beatrice – Gyermekkorunk Lexeb Dalai</t>
+  </si>
+  <si>
+    <t>Kormorán – Rockuiem</t>
+  </si>
+  <si>
+    <t>Pa-Dö-Dő – Pa-Dö-Dő</t>
+  </si>
+  <si>
+    <t>Gerdesits Ferenc – Ős-Metál (Yardbirds - Focus · Uriah Heep - Deep Purple)</t>
+  </si>
+  <si>
+    <t>Jonathan Blues Band – Überdruck</t>
+  </si>
+  <si>
+    <t>György Szabados, Anthony Braxton – Szabraxtondos</t>
+  </si>
+  <si>
+    <t>Bikini – Bikini</t>
+  </si>
+  <si>
+    <t>Yello – Flag</t>
+  </si>
+  <si>
+    <t>Yello – One Second</t>
+  </si>
+  <si>
+    <t>Fleetwood Mac – Tango In The Night</t>
+  </si>
+  <si>
+    <t>Manfred Mann's Earth Band – Chance</t>
+  </si>
+  <si>
+    <t>Iron Butterfly – In A Gadda Da Vida</t>
+  </si>
+  <si>
+    <t>The Yardbirds – Yardmerizing, Birdmerizing</t>
+  </si>
+  <si>
+    <t>Pandora's Box – Kő Kövön</t>
+  </si>
+  <si>
+    <t>Névtelen Nulla – Jeremy l-ll</t>
+  </si>
+  <si>
+    <t>Zero-G – Zero Gravity</t>
+  </si>
+  <si>
+    <t>Jaydee – Plastic Dreams</t>
+  </si>
+  <si>
+    <t>Rocklexikon</t>
+  </si>
+  <si>
+    <t>Ági És Fiúk – Cyber Éva</t>
+  </si>
+  <si>
+    <t>Charlie – Csak A Zene Van</t>
+  </si>
+  <si>
+    <t>TDK SA 60 High Position bontatlan</t>
+  </si>
+  <si>
+    <t>Csík Zenekar – Ez A Vonat, Ha Elindult, Hadd Menjen...</t>
+  </si>
+  <si>
+    <t>Kentaur – Urban Stigma</t>
+  </si>
+  <si>
+    <t>Makám, Bognár Szilvia – Almanach</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Vadászat</t>
+  </si>
+  <si>
+    <t>Koltay Gábor: Fonográf útközben</t>
+  </si>
+  <si>
+    <t>Johnny Cash – I Forgot To Remember To Forget</t>
+  </si>
+  <si>
+    <t>Ravi Shankar – Sitar Recital</t>
+  </si>
+  <si>
+    <t>Jean Michel Jarre – Equinoxe</t>
+  </si>
+  <si>
+    <t>Johnny Cash – Story Of A Broken Heart</t>
+  </si>
+  <si>
+    <t>Lost In The Stars (The Music Of Kurt Weill)</t>
+  </si>
+  <si>
+    <t>GM49 – Digitális Majális</t>
+  </si>
+  <si>
+    <t>Vukán – Derby</t>
+  </si>
+  <si>
+    <t>No•Spa Jazz Quintet – Getting Together</t>
+  </si>
+  <si>
+    <t>Ofra Haza – Yemenite Songs</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Azalbummm</t>
+  </si>
+  <si>
+    <t>Styx – Paradise Theatre</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – V. Aranytallérok</t>
+  </si>
+  <si>
+    <t>Quincy Jones – Quincy Jones</t>
+  </si>
+  <si>
+    <t>Varga Miklós Band – Európa</t>
+  </si>
+  <si>
+    <t>Szörényi Levente - Bródy János – István, A Király</t>
+  </si>
+  <si>
+    <t>ABBA – The Album</t>
+  </si>
+  <si>
+    <t>Táltos – Táltos</t>
+  </si>
+  <si>
+    <t>Omega Időrabló</t>
+  </si>
+  <si>
+    <t>Piramis – Piramis I.</t>
+  </si>
+  <si>
+    <t>Fonográf – Country Album</t>
+  </si>
+  <si>
+    <t>Staying Alive (Életben Maradni)</t>
+  </si>
+  <si>
+    <t>Vikidál Gyula – Vikidál Gyula</t>
+  </si>
+  <si>
+    <t>Kacsóh Pongrác &amp; Victor Máté – János A Vitéz. Pop-Dal-Játék</t>
+  </si>
+  <si>
+    <t>Metró – Metró</t>
+  </si>
+  <si>
+    <t>Thank God It's Friday (The Original Motion Picture Soundtrack)</t>
+  </si>
+  <si>
+    <t>DISCO</t>
+  </si>
+  <si>
+    <t>100 Folk Celsius – A Nagy Ho-Ho-Ho-Horgász</t>
+  </si>
+  <si>
+    <t>Csukás - Bergendy – Süsü Újabb Kalandjai</t>
+  </si>
+  <si>
+    <t>Szimat Szörény, A Szupereb</t>
+  </si>
+  <si>
+    <t>Demis Roussos – The Demis Roussos Magic</t>
+  </si>
+  <si>
+    <t>Démis Roussos – Forever And Ever</t>
+  </si>
+  <si>
+    <t>Fejes Endre - Presser Gábor – Jó Estét Nyár, Jó Estét Szerelem</t>
+  </si>
+  <si>
+    <t>Brabec – Country Music</t>
+  </si>
+  <si>
+    <t>Julio Iglesias – Libra</t>
+  </si>
+  <si>
+    <t>Baccara – Baccara</t>
+  </si>
+  <si>
+    <t>Ray Conniff His Orchestra And Chorus – The Happy Beat Of Ray Conniff His Orchestra And Chorus</t>
+  </si>
+  <si>
+    <t>Diana Ross &amp; The Supremes – 20 Golden Greats</t>
+  </si>
+  <si>
+    <t>ABBA – ABBA</t>
+  </si>
+  <si>
+    <t>ABBA – Arrival</t>
+  </si>
+  <si>
+    <t>Amanda Lear – Sweet Revenge</t>
+  </si>
+  <si>
+    <t>Aphrodite's Child – It's Five O' Clock / Funky Mary</t>
+  </si>
+  <si>
+    <t>Aphrodite's Child – Rain And Tears</t>
+  </si>
+  <si>
+    <t>Donna Summer – MacArthur Park</t>
+  </si>
+  <si>
+    <t>A Hangjukat Nem Ölhették Meg - A Chilei Hazafiak Emlékére</t>
+  </si>
+  <si>
+    <t>Popular Favourites No. 9</t>
+  </si>
+  <si>
+    <t>Parade Des Succès Philips N° 15</t>
+  </si>
+  <si>
+    <t>James Last – East Meets West</t>
+  </si>
+  <si>
+    <t>Die Welt Des Musicals - Folge 1</t>
+  </si>
+  <si>
+    <t>James Last – Voodoo-Party</t>
+  </si>
+  <si>
+    <t>Silver Convention – Profile</t>
+  </si>
+  <si>
+    <t>James Last – Golden Memories</t>
+  </si>
+  <si>
+    <t>Regélő ‎– Dalok, Versek, Mesék</t>
+  </si>
+  <si>
+    <t>G.E.S. – Super Oldies - Super Dancing</t>
+  </si>
+  <si>
+    <t>Foxy – Hot Numbers</t>
+  </si>
+  <si>
+    <t>Unterm Weihnachtsbaum</t>
+  </si>
+  <si>
+    <t>Oberhofer Bauernmarkt-Ball - Melodien Zum Schunkeln Und Mitsingen</t>
+  </si>
+  <si>
+    <t>Dr. Ország Mihály – Magyarország Állathangjai - Rovarok, Békák, Madarak, Emlősök</t>
+  </si>
+  <si>
+    <t>Egyéb/Other</t>
+  </si>
+  <si>
+    <t>Die Regensburger Domspatzen – Singen Weihnachtslieder</t>
+  </si>
+  <si>
+    <t>Hungarian Folksongs / Magyar Népdalok</t>
+  </si>
+  <si>
+    <t>Az Állami Népi Együttes Műsorából</t>
+  </si>
+  <si>
+    <t>Hortus Musicus – Danielis Ludus (Anonymous Author Of The 12th Century)</t>
+  </si>
+  <si>
+    <t>Tóth Erzsébet – Édesanyám Rózsafája</t>
+  </si>
+  <si>
+    <t>Ádám Erzsébet – Szerelem, Szerelem...</t>
+  </si>
+  <si>
+    <t>Juhász Ilona – Halljátok Cigányok</t>
+  </si>
+  <si>
+    <t>Cseh Judit – Kéklő Nefelejcset</t>
+  </si>
+  <si>
+    <t>Veress Árpád – Veress Árpád</t>
+  </si>
+  <si>
+    <t>Veress Árpád – Kék Szivárvány, Zöld Szivárvány</t>
+  </si>
+  <si>
+    <t>Emerson, Lake &amp; Palmer – Black Moon</t>
+  </si>
+  <si>
+    <t>Locomotiv GT – Bummm!</t>
+  </si>
+  <si>
+    <t>Omega – 10000 Lépés</t>
+  </si>
+  <si>
+    <t>Pink Floyd – Is There Anybody Out There? (The Wall Live 1980-81)</t>
+  </si>
+  <si>
+    <t>Depeche Mode – A Broken Frame</t>
+  </si>
+  <si>
+    <t>The Police – Synchronicity</t>
+  </si>
+  <si>
+    <t>Dire Straits – Money For Nothing</t>
+  </si>
+  <si>
+    <t>Szörényi Levente &amp; Bródy János – Kőműves Kelemen (Rockballada)</t>
+  </si>
+  <si>
+    <t>Koncz Zsuzsa – Élünk És Meghalunk</t>
+  </si>
+  <si>
+    <t>Dés László – Patika</t>
+  </si>
+  <si>
+    <t>Ákos – Élő Dalok</t>
+  </si>
+  <si>
+    <t>Bikini – Aranyalbum</t>
+  </si>
+  <si>
+    <t>Bikini – Temesvári Vasárnap</t>
+  </si>
+  <si>
+    <t>Czeglédi A. Sándor féle hanglemez</t>
+  </si>
+  <si>
+    <t>Paul Young – No Parlez</t>
+  </si>
+  <si>
+    <t>Pet Shop Boys – Please</t>
+  </si>
+  <si>
+    <t>Rod Stewart – Body Wishes</t>
+  </si>
+  <si>
+    <t>Bee Gees – E-S-P</t>
+  </si>
+  <si>
+    <t>Cher – Heart Of Stone</t>
+  </si>
+  <si>
+    <t>Wet Wet Wet – Popped In Souled Out</t>
+  </si>
+  <si>
+    <t>Paul McCartney – Flowers In The Dirt</t>
+  </si>
+  <si>
+    <t>Pet Shop Boys – Actually</t>
+  </si>
+  <si>
+    <t>Milva – Ein Kommen Und Gehen</t>
+  </si>
+  <si>
+    <t>Omega – Babylon</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Argentin Tangó</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Blow-Feld Vs. O.J. Bond &amp; A Való Világ</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Jégre Teszlek</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Rosszfiúk</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Egyenesen a gettóból</t>
+  </si>
+  <si>
+    <t>Ganxsta Zolee És A Kartel – Helldorado</t>
+  </si>
+  <si>
+    <t>TDK D100</t>
+  </si>
+  <si>
+    <t>Aerosmith – Big Ones</t>
+  </si>
+  <si>
+    <t>Károly Binder – Forgotten Pictures</t>
+  </si>
+  <si>
+    <t>Hansson &amp; Karlsson – Gold</t>
+  </si>
+  <si>
+    <t>Rick Wakeman – Rick Wakeman's Criminal Record</t>
+  </si>
+  <si>
+    <t>Eminem – The Eminem Show</t>
+  </si>
+  <si>
+    <t>Pa-Dö-Dő – Az Élet Szép És Én Is Szép Vagyok</t>
+  </si>
+  <si>
+    <t>3+2 – Délvidékről Visszatérünk! (1986-1999)</t>
+  </si>
+  <si>
+    <t>Enya – Paint The Sky With Stars - The Best Of Enya</t>
+  </si>
+  <si>
+    <t>Zoltán Erika – Best Of (Remix Album)</t>
+  </si>
+  <si>
+    <t>Modern Talking – Back For Good</t>
+  </si>
+  <si>
+    <t>A*Teens – The ABBA Generation</t>
+  </si>
+  <si>
+    <t>Ámokfutók – Varázsolj El!</t>
+  </si>
+  <si>
+    <t>Bravo Summer Hits 2</t>
+  </si>
+  <si>
+    <t>Pain – Menny és Pokol</t>
+  </si>
+  <si>
+    <t>Imperio – Return To Paradise</t>
+  </si>
+  <si>
+    <t>Hélium – Hélium Típusú Találkozások</t>
+  </si>
+  <si>
+    <t>Lambada</t>
+  </si>
+  <si>
+    <t>Dschinghis Khan – Greatest Hits</t>
+  </si>
+  <si>
+    <t>Cseh Tamás – Csengey Dénes – Mélyrepülés</t>
+  </si>
+  <si>
+    <t>L'art Pour L'art Társulat – Vastyúk Is Talál Szeget</t>
+  </si>
+  <si>
+    <t>100 Folk Celsius – Miki Manó Meséi</t>
+  </si>
+  <si>
+    <t>Filmslágerek Magyarul 2</t>
+  </si>
+  <si>
+    <t>Rhapsody In Blue · Egy Amerikai Párizsban</t>
+  </si>
+  <si>
+    <t>Klassz Slágerek</t>
+  </si>
+  <si>
+    <t>Apostol – Aranyalbum - Nehéz A Boldogságtól Búcsút Venni</t>
+  </si>
+  <si>
+    <t>Apostol – Nehéz A Boldogságtól Búcsút Venni</t>
+  </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
+    <t>Gyártó</t>
+  </si>
+  <si>
     <t>Mennyiség</t>
   </si>
   <si>
     <t>Ár</t>
   </si>
   <si>
     <t>Találatok</t>
   </si>
   <si>
     <t>ID</t>
-  </si>
-[...2143 lines deleted...]
-    <t>Jaydee – Plastic Dreams</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="#,##0\ &quot;Ft&quot;"/>
+    <numFmt numFmtId="170" formatCode="#,##0\ &quot;Ft&quot;"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF212529"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFF0F4FB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFF0F4FB"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="3">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-</file>
-[...2103 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4726,15424 +2585,16554 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:H666"/>
+  <dimension ref="A1:G715"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E927" sqref="E927"/>
+      <pane ySplit="1" topLeftCell="A503" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C244" sqref="C244"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12" style="8" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="8"/>
+    <col min="1" max="1" width="9.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="13.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="75.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.140625" style="2" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="4" t="s">
+      <c r="A1" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="4">
+        <v>519</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E2" s="5">
+        <v>1</v>
+      </c>
+      <c r="F2" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G2" s="9">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="4">
+        <v>1135</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E3" s="5">
+        <v>1</v>
+      </c>
+      <c r="F3" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G3" s="9">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4">
+        <v>552</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E4" s="5">
+        <v>1</v>
+      </c>
+      <c r="F4" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G4" s="9">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="4">
+        <v>378</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="5">
+        <v>1</v>
+      </c>
+      <c r="F5" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G5" s="9">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="4">
+        <v>557</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="5">
+        <v>1</v>
+      </c>
+      <c r="F6" s="8">
+        <v>11000</v>
+      </c>
+      <c r="G6" s="9">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
+        <v>556</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="5">
+        <v>1</v>
+      </c>
+      <c r="F7" s="8">
+        <v>12500</v>
+      </c>
+      <c r="G7" s="9">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="4">
+        <v>554</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="5">
+        <v>1</v>
+      </c>
+      <c r="F8" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G8" s="9">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="4">
+        <v>555</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="5">
+        <v>1</v>
+      </c>
+      <c r="F9" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G9" s="9">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
+        <v>1134</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1</v>
+      </c>
+      <c r="F10" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G10" s="9">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>917</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>531</v>
+      </c>
+      <c r="E11" s="5">
+        <v>1</v>
+      </c>
+      <c r="F11" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G11" s="9">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="4">
+        <v>918</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1</v>
+      </c>
+      <c r="F12" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G12" s="9">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
+        <v>518</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" s="5">
+        <v>1</v>
+      </c>
+      <c r="F13" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G13" s="9">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
+        <v>913</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1</v>
+      </c>
+      <c r="F14" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G14" s="9">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
+        <v>1087</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" s="5">
+        <v>1</v>
+      </c>
+      <c r="F15" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G15" s="9">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
+        <v>438</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" s="5">
+        <v>1</v>
+      </c>
+      <c r="F16" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G16" s="9">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="4">
+        <v>182</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" s="5">
+        <v>1</v>
+      </c>
+      <c r="F17" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G17" s="9">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="4">
+        <v>916</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="5">
+        <v>1</v>
+      </c>
+      <c r="F18" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G18" s="9">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
+        <v>915</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="5">
+        <v>1</v>
+      </c>
+      <c r="F19" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G19" s="9">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="4">
+        <v>73</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="5">
+        <v>1</v>
+      </c>
+      <c r="F20" s="8">
+        <v>12500</v>
+      </c>
+      <c r="G20" s="9">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="4">
+        <v>1120</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" s="5">
+        <v>1</v>
+      </c>
+      <c r="F21" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G21" s="9">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
+        <v>1104</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" s="5">
+        <v>1</v>
+      </c>
+      <c r="F22" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G22" s="9">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="4">
+        <v>1105</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="5">
+        <v>1</v>
+      </c>
+      <c r="F23" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G23" s="9">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>1109</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" s="5">
+        <v>1</v>
+      </c>
+      <c r="F24" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G24" s="9">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
+        <v>1110</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" s="5">
+        <v>1</v>
+      </c>
+      <c r="F25" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G25" s="9">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="4">
+        <v>1106</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" s="5">
+        <v>1</v>
+      </c>
+      <c r="F26" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G26" s="9">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>1107</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E27" s="5">
+        <v>1</v>
+      </c>
+      <c r="F27" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G27" s="9">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
+        <v>1108</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" s="5">
+        <v>1</v>
+      </c>
+      <c r="F28" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G28" s="9">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="4">
+        <v>301</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E29" s="5">
+        <v>1</v>
+      </c>
+      <c r="F29" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G29" s="9">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="4">
+        <v>1130</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="5">
+        <v>1</v>
+      </c>
+      <c r="F30" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G30" s="9">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
+        <v>510</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E31" s="5">
+        <v>1</v>
+      </c>
+      <c r="F31" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G31" s="9">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="4">
+        <v>514</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="5">
+        <v>1</v>
+      </c>
+      <c r="F32" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G32" s="9">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="4">
+        <v>799</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" s="5">
+        <v>1</v>
+      </c>
+      <c r="F33" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G33" s="9">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
+        <v>1139</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="E34" s="5">
+        <v>1</v>
+      </c>
+      <c r="F34" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G34" s="9">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <v>923</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="E35" s="5">
+        <v>1</v>
+      </c>
+      <c r="F35" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G35" s="9">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="4">
+        <v>922</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="E36" s="5">
+        <v>1</v>
+      </c>
+      <c r="F36" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G36" s="9">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
+        <v>924</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="E37" s="5">
+        <v>1</v>
+      </c>
+      <c r="F37" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G37" s="9">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="4">
+        <v>497</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1</v>
+      </c>
+      <c r="F38" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G38" s="9">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="4">
+        <v>91</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" s="5">
+        <v>1</v>
+      </c>
+      <c r="F39" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G39" s="9">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
+        <v>764</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E40" s="5">
+        <v>1</v>
+      </c>
+      <c r="F40" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G40" s="9">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="4">
+        <v>92</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E41" s="5">
+        <v>1</v>
+      </c>
+      <c r="F41" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G41" s="9">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="4">
+        <v>230</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E42" s="5">
+        <v>1</v>
+      </c>
+      <c r="F42" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G42" s="9">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="4">
+        <v>90</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E43" s="5">
+        <v>1</v>
+      </c>
+      <c r="F43" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G43" s="9">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="4">
+        <v>1137</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E44" s="5">
+        <v>1</v>
+      </c>
+      <c r="F44" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G44" s="9">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="4">
+        <v>767</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>426</v>
+      </c>
+      <c r="E45" s="5">
+        <v>1</v>
+      </c>
+      <c r="F45" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G45" s="9">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="4">
+        <v>929</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" s="5">
+        <v>1</v>
+      </c>
+      <c r="F46" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G46" s="9">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="4">
+        <v>515</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" s="5">
+        <v>1</v>
+      </c>
+      <c r="F47" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G47" s="9">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="4">
+        <v>47</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="5">
+        <v>1</v>
+      </c>
+      <c r="F48" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G48" s="9">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="4">
+        <v>798</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" s="5">
+        <v>1</v>
+      </c>
+      <c r="F49" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G49" s="9">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="4">
+        <v>824</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50" s="5">
+        <v>1</v>
+      </c>
+      <c r="F50" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G50" s="9">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="4">
+        <v>1077</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E51" s="5">
+        <v>1</v>
+      </c>
+      <c r="F51" s="8">
+        <v>11000</v>
+      </c>
+      <c r="G51" s="9">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="4">
+        <v>213</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" s="5">
+        <v>1</v>
+      </c>
+      <c r="F52" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G52" s="9">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="4">
+        <v>191</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" s="5">
+        <v>1</v>
+      </c>
+      <c r="F53" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G53" s="9">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="4">
+        <v>440</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" s="5">
+        <v>1</v>
+      </c>
+      <c r="F54" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G54" s="9">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="4">
+        <v>377</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" s="5">
+        <v>1</v>
+      </c>
+      <c r="F55" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G55" s="9">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="4">
+        <v>1088</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" s="5">
+        <v>1</v>
+      </c>
+      <c r="F56" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G56" s="9">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="4">
+        <v>423</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" s="5">
+        <v>1</v>
+      </c>
+      <c r="F57" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G57" s="9">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="4">
+        <v>433</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E58" s="5">
+        <v>1</v>
+      </c>
+      <c r="F58" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G58" s="9">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="4">
+        <v>1089</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" s="5">
+        <v>1</v>
+      </c>
+      <c r="F59" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G59" s="9">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="4">
+        <v>788</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" s="5">
+        <v>1</v>
+      </c>
+      <c r="F60" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G60" s="9">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="4">
+        <v>1090</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" s="5">
+        <v>1</v>
+      </c>
+      <c r="F61" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G61" s="9">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="4">
+        <v>982</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E62" s="5">
+        <v>1</v>
+      </c>
+      <c r="F62" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G62" s="9">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="4">
+        <v>448</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" s="5">
+        <v>1</v>
+      </c>
+      <c r="F63" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G63" s="9">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="4">
+        <v>512</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" s="5">
+        <v>1</v>
+      </c>
+      <c r="F64" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G64" s="9">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="4">
+        <v>46</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" s="5">
+        <v>1</v>
+      </c>
+      <c r="F65" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G65" s="9">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" s="4">
+        <v>931</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="5">
+        <v>1</v>
+      </c>
+      <c r="F66" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G66" s="9">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="4">
+        <v>787</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" s="5">
+        <v>1</v>
+      </c>
+      <c r="F67" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G67" s="9">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="4">
+        <v>926</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" s="5">
+        <v>1</v>
+      </c>
+      <c r="F68" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G68" s="9">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="4">
+        <v>765</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" s="5">
+        <v>1</v>
+      </c>
+      <c r="F69" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G69" s="9">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="4">
+        <v>437</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" s="5">
+        <v>1</v>
+      </c>
+      <c r="F70" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G70" s="9">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="4">
+        <v>439</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" s="5">
+        <v>1</v>
+      </c>
+      <c r="F71" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G71" s="9">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="4">
+        <v>927</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E72" s="5">
+        <v>1</v>
+      </c>
+      <c r="F72" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G72" s="9">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="4">
+        <v>588</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" s="5">
+        <v>1</v>
+      </c>
+      <c r="F73" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G73" s="9">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="4">
+        <v>1103</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" s="5">
+        <v>1</v>
+      </c>
+      <c r="F74" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G74" s="9">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="4">
+        <v>424</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E75" s="5">
+        <v>1</v>
+      </c>
+      <c r="F75" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G75" s="9">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="4">
+        <v>507</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="5">
+        <v>1</v>
+      </c>
+      <c r="F76" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G76" s="9">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="4">
+        <v>928</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" s="5">
+        <v>1</v>
+      </c>
+      <c r="F77" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G77" s="9">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="4">
+        <v>520</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E78" s="5">
+        <v>1</v>
+      </c>
+      <c r="F78" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G78" s="9">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="4">
+        <v>538</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" s="5">
+        <v>1</v>
+      </c>
+      <c r="F79" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G79" s="9">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="4">
+        <v>1119</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E80" s="5">
+        <v>1</v>
+      </c>
+      <c r="F80" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G80" s="9">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="4">
+        <v>499</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E81" s="5">
+        <v>1</v>
+      </c>
+      <c r="F81" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G81" s="9">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" s="4">
+        <v>498</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E82" s="5">
+        <v>1</v>
+      </c>
+      <c r="F82" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G82" s="9">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="4">
+        <v>183</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E83" s="5">
+        <v>1</v>
+      </c>
+      <c r="F83" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G83" s="9">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="4">
+        <v>511</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E84" s="5">
+        <v>1</v>
+      </c>
+      <c r="F84" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G84" s="9">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="4">
+        <v>442</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="5">
+        <v>1</v>
+      </c>
+      <c r="F85" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G85" s="9">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="4">
+        <v>770</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="5">
+        <v>1</v>
+      </c>
+      <c r="F86" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G86" s="9">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="4">
+        <v>432</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E87" s="5">
+        <v>1</v>
+      </c>
+      <c r="F87" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G87" s="9">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" s="4">
+        <v>919</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" s="5">
+        <v>1</v>
+      </c>
+      <c r="F88" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G88" s="9">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" s="4">
+        <v>513</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" s="5">
+        <v>1</v>
+      </c>
+      <c r="F89" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G89" s="9">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" s="4">
+        <v>921</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E90" s="5">
+        <v>1</v>
+      </c>
+      <c r="F90" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G90" s="9">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" s="4">
+        <v>435</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E91" s="5">
+        <v>1</v>
+      </c>
+      <c r="F91" s="8">
+        <v>12500</v>
+      </c>
+      <c r="G91" s="9">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="4">
+        <v>1112</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E92" s="5">
+        <v>1</v>
+      </c>
+      <c r="F92" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G92" s="9">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" s="4">
+        <v>920</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="E93" s="5">
+        <v>1</v>
+      </c>
+      <c r="F93" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G93" s="9">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="4">
+        <v>1123</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="D94" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B1" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="4" t="s">
+      <c r="E94" s="5">
+        <v>1</v>
+      </c>
+      <c r="F94" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G94" s="9">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A95" s="4">
+        <v>1128</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E95" s="5">
+        <v>1</v>
+      </c>
+      <c r="F95" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G95" s="9">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" s="4">
+        <v>1141</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E96" s="5">
+        <v>1</v>
+      </c>
+      <c r="F96" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G96" s="9">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="4">
+        <v>1142</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E97" s="5">
+        <v>1</v>
+      </c>
+      <c r="F97" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G97" s="9">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" s="4">
+        <v>768</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E98" s="5">
+        <v>1</v>
+      </c>
+      <c r="F98" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G98" s="9">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="4">
+        <v>1138</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E99" s="5">
+        <v>1</v>
+      </c>
+      <c r="F99" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G99" s="9">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" s="4">
+        <v>1132</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E100" s="5">
+        <v>1</v>
+      </c>
+      <c r="F100" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G100" s="9">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="4">
+        <v>930</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E101" s="5">
+        <v>1</v>
+      </c>
+      <c r="F101" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G101" s="9">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" s="4">
+        <v>1121</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E102" s="5">
+        <v>1</v>
+      </c>
+      <c r="F102" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G102" s="9">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="4">
+        <v>766</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E103" s="5">
+        <v>1</v>
+      </c>
+      <c r="F103" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G103" s="9">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" s="4">
+        <v>827</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E104" s="5">
+        <v>1</v>
+      </c>
+      <c r="F104" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G104" s="9">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" s="4">
+        <v>763</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E105" s="5">
+        <v>1</v>
+      </c>
+      <c r="F105" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G105" s="9">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="4">
+        <v>1125</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E106" s="5">
+        <v>1</v>
+      </c>
+      <c r="F106" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G106" s="9">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="4">
+        <v>1127</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="D107" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" s="5">
+        <v>1</v>
+      </c>
+      <c r="F107" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G107" s="9">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="4">
+        <v>1129</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E108" s="5">
+        <v>1</v>
+      </c>
+      <c r="F108" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G108" s="9">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="4">
+        <v>1124</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E109" s="5">
+        <v>1</v>
+      </c>
+      <c r="F109" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G109" s="9">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="4">
+        <v>1131</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E110" s="5">
+        <v>1</v>
+      </c>
+      <c r="F110" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G110" s="9">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" s="4">
+        <v>1140</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E111" s="5">
+        <v>1</v>
+      </c>
+      <c r="F111" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G111" s="9">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A112" s="4">
+        <v>1133</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E112" s="5">
+        <v>1</v>
+      </c>
+      <c r="F112" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G112" s="9">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="4">
+        <v>1126</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E113" s="5">
+        <v>1</v>
+      </c>
+      <c r="F113" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G113" s="9">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="4">
+        <v>1122</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E114" s="5">
+        <v>1</v>
+      </c>
+      <c r="F114" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G114" s="9">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="4">
+        <v>505</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E115" s="5">
+        <v>1</v>
+      </c>
+      <c r="F115" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G115" s="9">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="4">
+        <v>449</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E116" s="5">
+        <v>1</v>
+      </c>
+      <c r="F116" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G116" s="9">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="4">
+        <v>450</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1</v>
+      </c>
+      <c r="F117" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G117" s="9">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A118" s="4">
+        <v>441</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E118" s="5">
+        <v>1</v>
+      </c>
+      <c r="F118" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G118" s="9">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" s="4">
+        <v>1136</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1</v>
+      </c>
+      <c r="F119" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G119" s="9">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A120" s="4">
+        <v>981</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E120" s="5">
+        <v>1</v>
+      </c>
+      <c r="F120" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G120" s="9">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" s="4">
+        <v>695</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E121" s="5">
+        <v>1</v>
+      </c>
+      <c r="F121" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G121" s="9">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A122" s="4">
+        <v>689</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E122" s="5">
+        <v>1</v>
+      </c>
+      <c r="F122" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G122" s="9">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="4">
+        <v>419</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E123" s="5">
+        <v>1</v>
+      </c>
+      <c r="F123" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G123" s="9">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" s="4">
+        <v>420</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E124" s="5">
+        <v>1</v>
+      </c>
+      <c r="F124" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G124" s="9">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" s="4">
+        <v>970</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E125" s="5">
+        <v>1</v>
+      </c>
+      <c r="F125" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G125" s="9">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" s="4">
+        <v>42</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E126" s="5">
+        <v>1</v>
+      </c>
+      <c r="F126" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G126" s="9">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="4">
+        <v>782</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="E127" s="5">
+        <v>1</v>
+      </c>
+      <c r="F127" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G127" s="9">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" s="4">
+        <v>421</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E128" s="5">
+        <v>1</v>
+      </c>
+      <c r="F128" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G128" s="9">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="4">
+        <v>967</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E129" s="5">
+        <v>1</v>
+      </c>
+      <c r="F129" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G129" s="9">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A130" s="4">
+        <v>977</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E130" s="5">
+        <v>1</v>
+      </c>
+      <c r="F130" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G130" s="9">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="4">
+        <v>412</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" s="5">
+        <v>1</v>
+      </c>
+      <c r="F131" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G131" s="9">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="4">
+        <v>95</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" s="5">
+        <v>1</v>
+      </c>
+      <c r="F132" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G132" s="9">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A133" s="4">
+        <v>691</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E133" s="5">
+        <v>1</v>
+      </c>
+      <c r="F133" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G133" s="9">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" s="4">
+        <v>725</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E134" s="5">
+        <v>2</v>
+      </c>
+      <c r="F134" s="8">
+        <v>25000</v>
+      </c>
+      <c r="G134" s="9">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" s="4">
+        <v>328</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E135" s="5">
+        <v>1</v>
+      </c>
+      <c r="F135" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G135" s="9">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A136" s="4">
+        <v>422</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E136" s="5">
+        <v>1</v>
+      </c>
+      <c r="F136" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G136" s="9">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" s="4">
+        <v>693</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E137" s="5">
+        <v>1</v>
+      </c>
+      <c r="F137" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G137" s="9">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A138" s="4">
+        <v>1113</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="D138" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E138" s="5">
+        <v>1</v>
+      </c>
+      <c r="F138" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G138" s="9">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="4">
+        <v>781</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="D139" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="E139" s="5">
+        <v>1</v>
+      </c>
+      <c r="F139" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G139" s="9">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A140" s="4">
+        <v>548</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E140" s="5">
+        <v>1</v>
+      </c>
+      <c r="F140" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G140" s="9">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" s="4">
+        <v>547</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="D141" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E141" s="5">
+        <v>1</v>
+      </c>
+      <c r="F141" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G141" s="9">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" s="4">
+        <v>100</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D142" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" s="5">
+        <v>1</v>
+      </c>
+      <c r="F142" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G142" s="9">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" s="4">
+        <v>985</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" s="5">
+        <v>1</v>
+      </c>
+      <c r="F143" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G143" s="9">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="4">
+        <v>99</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" s="5">
+        <v>1</v>
+      </c>
+      <c r="F144" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G144" s="9">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A145" s="4">
+        <v>561</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="D145" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" s="5">
+        <v>1</v>
+      </c>
+      <c r="F145" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G145" s="9">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="4">
+        <v>825</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" s="5">
+        <v>2</v>
+      </c>
+      <c r="F146" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G146" s="9">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A147" s="4">
+        <v>457</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="D147" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" s="5">
+        <v>1</v>
+      </c>
+      <c r="F147" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G147" s="9">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A148" s="4">
+        <v>571</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="D148" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" s="5">
+        <v>1</v>
+      </c>
+      <c r="F148" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G148" s="9">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A149" s="4">
+        <v>987</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="D149" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" s="5">
+        <v>1</v>
+      </c>
+      <c r="F149" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G149" s="9">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A150" s="4">
+        <v>44</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D150" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" s="5">
+        <v>1</v>
+      </c>
+      <c r="F150" s="8">
+        <v>12000</v>
+      </c>
+      <c r="G150" s="9">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A151" s="4">
+        <v>551</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="D151" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" s="5">
+        <v>1</v>
+      </c>
+      <c r="F151" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G151" s="9">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A152" s="4">
+        <v>978</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" s="5">
+        <v>2</v>
+      </c>
+      <c r="F152" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G152" s="9">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A153" s="4">
+        <v>1074</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="D153" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" s="5">
+        <v>1</v>
+      </c>
+      <c r="F153" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G153" s="9">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A154" s="4">
+        <v>192</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D154" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E154" s="5">
+        <v>1</v>
+      </c>
+      <c r="F154" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G154" s="9">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A155" s="4">
+        <v>103</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D155" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E155" s="5">
+        <v>1</v>
+      </c>
+      <c r="F155" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G155" s="9">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A156" s="4">
+        <v>961</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D156" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E156" s="5">
+        <v>1</v>
+      </c>
+      <c r="F156" s="8">
+        <v>7500</v>
+      </c>
+      <c r="G156" s="9">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A157" s="4">
+        <v>417</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D157" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E157" s="5">
+        <v>1</v>
+      </c>
+      <c r="F157" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G157" s="9">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A158" s="4">
+        <v>415</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="D158" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E158" s="5">
+        <v>1</v>
+      </c>
+      <c r="F158" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G158" s="9">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A159" s="4">
+        <v>181</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D159" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E159" s="5">
+        <v>1</v>
+      </c>
+      <c r="F159" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G159" s="9">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A160" s="4">
+        <v>853</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="D160" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E160" s="5">
+        <v>1</v>
+      </c>
+      <c r="F160" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G160" s="9">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A161" s="4">
+        <v>986</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="D161" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E161" s="5">
+        <v>1</v>
+      </c>
+      <c r="F161" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G161" s="9">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A162" s="4">
+        <v>13</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D162" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E162" s="5">
+        <v>1</v>
+      </c>
+      <c r="F162" s="8">
+        <v>20000</v>
+      </c>
+      <c r="G162" s="9">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A163" s="4">
+        <v>190</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="D163" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" s="5">
+        <v>1</v>
+      </c>
+      <c r="F163" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G163" s="9">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A164" s="4">
+        <v>93</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D164" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" s="5">
+        <v>1</v>
+      </c>
+      <c r="F164" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G164" s="9">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A165" s="4">
+        <v>26</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D165" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E165" s="5">
+        <v>1</v>
+      </c>
+      <c r="F165" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G165" s="9">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A166" s="4">
+        <v>418</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="D166" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E166" s="5">
+        <v>1</v>
+      </c>
+      <c r="F166" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G166" s="9">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A167" s="4">
+        <v>105</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D167" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E167" s="5">
+        <v>1</v>
+      </c>
+      <c r="F167" s="8">
+        <v>15000</v>
+      </c>
+      <c r="G167" s="9">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A168" s="4">
+        <v>976</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="D168" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E168" s="5">
+        <v>1</v>
+      </c>
+      <c r="F168" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G168" s="9">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A169" s="4">
+        <v>180</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D169" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E169" s="5">
+        <v>1</v>
+      </c>
+      <c r="F169" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G169" s="9">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A170" s="4">
+        <v>969</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="D170" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E170" s="5">
+        <v>1</v>
+      </c>
+      <c r="F170" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G170" s="9">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A171" s="4">
+        <v>968</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="D171" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E171" s="5">
+        <v>1</v>
+      </c>
+      <c r="F171" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G171" s="9">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A172" s="4">
+        <v>777</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="D172" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E172" s="5">
+        <v>1</v>
+      </c>
+      <c r="F172" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G172" s="9">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A173" s="4">
+        <v>104</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D173" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E173" s="5">
+        <v>1</v>
+      </c>
+      <c r="F173" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G173" s="9">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A174" s="4">
+        <v>776</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="D174" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E174" s="5">
+        <v>1</v>
+      </c>
+      <c r="F174" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G174" s="9">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A175" s="4">
+        <v>778</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="D175" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E175" s="5">
+        <v>1</v>
+      </c>
+      <c r="F175" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G175" s="9">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A176" s="4">
+        <v>775</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="D176" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E176" s="5">
+        <v>1</v>
+      </c>
+      <c r="F176" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G176" s="9">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A177" s="4">
+        <v>407</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C177" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E177" s="5">
+        <v>1</v>
+      </c>
+      <c r="F177" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G177" s="9">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A178" s="4">
+        <v>726</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="D178" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E178" s="5">
+        <v>1</v>
+      </c>
+      <c r="F178" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G178" s="9">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A179" s="4">
+        <v>780</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="D179" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E179" s="5">
+        <v>1</v>
+      </c>
+      <c r="F179" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G179" s="9">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A180" s="4">
+        <v>502</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="D180" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E180" s="5">
+        <v>1</v>
+      </c>
+      <c r="F180" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G180" s="9">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A181" s="4">
+        <v>199</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D181" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E181" s="5">
+        <v>1</v>
+      </c>
+      <c r="F181" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G181" s="9">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A182" s="4">
+        <v>989</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="D182" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E182" s="5">
+        <v>1</v>
+      </c>
+      <c r="F182" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G182" s="9">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A183" s="4">
+        <v>762</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="D183" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E183" s="5">
+        <v>1</v>
+      </c>
+      <c r="F183" s="8">
+        <v>12000</v>
+      </c>
+      <c r="G183" s="9">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A184" s="4">
+        <v>516</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="D184" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E184" s="5">
+        <v>1</v>
+      </c>
+      <c r="F184" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G184" s="9">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A185" s="4">
+        <v>980</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="D185" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E185" s="5">
+        <v>1</v>
+      </c>
+      <c r="F185" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G185" s="9">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A186" s="4">
+        <v>198</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D186" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="E186" s="5">
+        <v>1</v>
+      </c>
+      <c r="F186" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G186" s="9">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A187" s="4">
+        <v>560</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="D187" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E187" s="5">
+        <v>1</v>
+      </c>
+      <c r="F187" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G187" s="9">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A188" s="4">
+        <v>134</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D188" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E188" s="5">
+        <v>1</v>
+      </c>
+      <c r="F188" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G188" s="9">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A189" s="4">
+        <v>380</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="D189" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E189" s="5">
+        <v>1</v>
+      </c>
+      <c r="F189" s="8">
+        <v>18000</v>
+      </c>
+      <c r="G189" s="9">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A190" s="4">
+        <v>379</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="D190" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E190" s="5">
+        <v>1</v>
+      </c>
+      <c r="F190" s="8">
+        <v>18000</v>
+      </c>
+      <c r="G190" s="9">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A191" s="4">
+        <v>771</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="D191" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E191" s="5">
+        <v>1</v>
+      </c>
+      <c r="F191" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G191" s="9">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A192" s="4">
+        <v>1111</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="D192" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E192" s="5">
+        <v>1</v>
+      </c>
+      <c r="F192" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G192" s="9">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A193" s="4">
+        <v>984</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C193" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D193" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E193" s="5">
+        <v>4</v>
+      </c>
+      <c r="F193" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G193" s="9">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A194" s="4">
+        <v>983</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D194" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="E194" s="5">
+        <v>1</v>
+      </c>
+      <c r="F194" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G194" s="9">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A195" s="4">
+        <v>40</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D195" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E195" s="5">
+        <v>1</v>
+      </c>
+      <c r="F195" s="8">
+        <v>18000</v>
+      </c>
+      <c r="G195" s="9">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A196" s="4">
+        <v>153</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D196" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E196" s="5">
+        <v>1</v>
+      </c>
+      <c r="F196" s="8">
+        <v>18000</v>
+      </c>
+      <c r="G196" s="9">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A197" s="4">
+        <v>995</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="D197" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E197" s="5">
+        <v>1</v>
+      </c>
+      <c r="F197" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G197" s="9">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A198" s="4">
+        <v>994</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="D198" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E198" s="5">
+        <v>1</v>
+      </c>
+      <c r="F198" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G198" s="9">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A199" s="4">
+        <v>659</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="D199" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E199" s="5">
+        <v>1</v>
+      </c>
+      <c r="F199" s="8">
+        <v>18000</v>
+      </c>
+      <c r="G199" s="9">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A200" s="4">
+        <v>618</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="D200" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E200" s="5">
+        <v>1</v>
+      </c>
+      <c r="F200" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G200" s="9">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A201" s="4">
+        <v>843</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="D201" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E201" s="5">
+        <v>1</v>
+      </c>
+      <c r="F201" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G201" s="9">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A202" s="4">
+        <v>660</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="D202" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E202" s="5">
+        <v>1</v>
+      </c>
+      <c r="F202" s="8">
+        <v>25000</v>
+      </c>
+      <c r="G202" s="9">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A203" s="4">
+        <v>808</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="D203" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E203" s="5">
+        <v>1</v>
+      </c>
+      <c r="F203" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G203" s="9">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A204" s="4">
+        <v>387</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="D204" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E204" s="5">
+        <v>1</v>
+      </c>
+      <c r="F204" s="8">
+        <v>30000</v>
+      </c>
+      <c r="G204" s="9">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A205" s="4">
+        <v>127</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D205" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E205" s="5">
+        <v>1</v>
+      </c>
+      <c r="F205" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G205" s="9">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A206" s="4">
+        <v>38</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D206" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E206" s="5">
+        <v>1</v>
+      </c>
+      <c r="F206" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G206" s="9">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A207" s="4">
+        <v>57</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D207" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E207" s="5">
+        <v>1</v>
+      </c>
+      <c r="F207" s="8">
+        <v>7500</v>
+      </c>
+      <c r="G207" s="9">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A208" s="4">
+        <v>242</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="D208" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E208" s="5">
+        <v>1</v>
+      </c>
+      <c r="F208" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G208" s="9">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A209" s="4">
+        <v>944</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="D209" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E209" s="5">
+        <v>1</v>
+      </c>
+      <c r="F209" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G209" s="9">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A210" s="4">
+        <v>598</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="D210" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E210" s="5">
+        <v>1</v>
+      </c>
+      <c r="F210" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G210" s="9">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A211" s="4">
+        <v>400</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="D211" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E211" s="5">
+        <v>1</v>
+      </c>
+      <c r="F211" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G211" s="9">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A212" s="4">
+        <v>399</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="D212" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E212" s="5">
+        <v>1</v>
+      </c>
+      <c r="F212" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G212" s="9">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A213" s="4">
+        <v>401</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="D213" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E213" s="5">
+        <v>1</v>
+      </c>
+      <c r="F213" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G213" s="9">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A214" s="4">
+        <v>954</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="D214" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E214" s="5">
+        <v>1</v>
+      </c>
+      <c r="F214" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G214" s="9">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A215" s="4">
+        <v>164</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D215" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E215" s="5">
+        <v>1</v>
+      </c>
+      <c r="F215" s="8">
+        <v>8500</v>
+      </c>
+      <c r="G215" s="9">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A216" s="4">
+        <v>525</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D216" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E216" s="5">
+        <v>1</v>
+      </c>
+      <c r="F216" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G216" s="9">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A217" s="4">
+        <v>477</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="D217" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E217" s="5">
+        <v>1</v>
+      </c>
+      <c r="F217" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G217" s="9">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A218" s="4">
+        <v>959</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="D218" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E218" s="5">
+        <v>1</v>
+      </c>
+      <c r="F218" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G218" s="9">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A219" s="4">
+        <v>891</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="D219" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E219" s="5">
+        <v>1</v>
+      </c>
+      <c r="F219" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G219" s="9">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A220" s="4">
+        <v>867</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="D220" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E220" s="5">
+        <v>1</v>
+      </c>
+      <c r="F220" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G220" s="9">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A221" s="4">
+        <v>892</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="D221" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E221" s="5">
+        <v>1</v>
+      </c>
+      <c r="F221" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G221" s="9">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A222" s="4">
+        <v>868</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="D222" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E222" s="5">
+        <v>1</v>
+      </c>
+      <c r="F222" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G222" s="9">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A223" s="4">
+        <v>858</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="D223" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E223" s="5">
+        <v>1</v>
+      </c>
+      <c r="F223" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G223" s="9">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A224" s="4">
+        <v>398</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="D224" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E224" s="5">
+        <v>1</v>
+      </c>
+      <c r="F224" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G224" s="9">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A225" s="4">
+        <v>806</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="D225" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E225" s="5">
+        <v>1</v>
+      </c>
+      <c r="F225" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G225" s="9">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A226" s="4">
+        <v>65</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D226" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E226" s="5">
+        <v>1</v>
+      </c>
+      <c r="F226" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G226" s="9">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A227" s="4">
+        <v>1036</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="D227" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E227" s="5">
+        <v>1</v>
+      </c>
+      <c r="F227" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G227" s="9">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A228" s="4">
+        <v>356</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="D228" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E228" s="5">
+        <v>1</v>
+      </c>
+      <c r="F228" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G228" s="9">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A229" s="4">
+        <v>1020</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="D229" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E229" s="5">
+        <v>1</v>
+      </c>
+      <c r="F229" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G229" s="9">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A230" s="4">
+        <v>355</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D230" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E230" s="5">
+        <v>1</v>
+      </c>
+      <c r="F230" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G230" s="9">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A231" s="4">
+        <v>734</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="D231" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E231" s="5">
+        <v>1</v>
+      </c>
+      <c r="F231" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G231" s="9">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A232" s="4">
+        <v>990</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="D232" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E232" s="5">
+        <v>1</v>
+      </c>
+      <c r="F232" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G232" s="9">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A233" s="4">
+        <v>897</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="D233" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E233" s="5">
+        <v>1</v>
+      </c>
+      <c r="F233" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G233" s="9">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A234" s="4">
+        <v>993</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="D234" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E234" s="5">
+        <v>1</v>
+      </c>
+      <c r="F234" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G234" s="9">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A235" s="4">
+        <v>893</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="D235" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E235" s="5">
+        <v>1</v>
+      </c>
+      <c r="F235" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G235" s="9">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A236" s="4">
+        <v>896</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="D236" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E236" s="5">
+        <v>1</v>
+      </c>
+      <c r="F236" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G236" s="9">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A237" s="4">
+        <v>49</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D237" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E237" s="5">
+        <v>1</v>
+      </c>
+      <c r="F237" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G237" s="9">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A238" s="4">
+        <v>53</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D238" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E238" s="5">
+        <v>1</v>
+      </c>
+      <c r="F238" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G238" s="9">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A239" s="4">
+        <v>148</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D239" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E239" s="5">
+        <v>1</v>
+      </c>
+      <c r="F239" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G239" s="9">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A240" s="4">
+        <v>147</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D240" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E240" s="5">
+        <v>1</v>
+      </c>
+      <c r="F240" s="8">
+        <v>11000</v>
+      </c>
+      <c r="G240" s="9">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A241" s="4">
+        <v>150</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="D241" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E241" s="5">
+        <v>1</v>
+      </c>
+      <c r="F241" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G241" s="9">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A242" s="4">
+        <v>648</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="D242" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E242" s="5">
+        <v>1</v>
+      </c>
+      <c r="F242" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G242" s="9">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A243" s="4">
+        <v>146</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="D243" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E243" s="5">
+        <v>1</v>
+      </c>
+      <c r="F243" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G243" s="9">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A244" s="4">
+        <v>52</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D244" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E244" s="5">
+        <v>1</v>
+      </c>
+      <c r="F244" s="8">
+        <v>12000</v>
+      </c>
+      <c r="G244" s="9">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A245" s="4">
+        <v>1043</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="D245" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E245" s="5">
+        <v>1</v>
+      </c>
+      <c r="F245" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G245" s="9">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A246" s="4">
+        <v>1057</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="D246" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E246" s="5">
+        <v>1</v>
+      </c>
+      <c r="F246" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G246" s="9">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A247" s="4">
+        <v>1054</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="D247" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E247" s="5">
+        <v>1</v>
+      </c>
+      <c r="F247" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G247" s="9">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A248" s="4">
+        <v>1027</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="D248" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E248" s="5">
+        <v>1</v>
+      </c>
+      <c r="F248" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G248" s="9">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A249" s="4">
+        <v>727</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="D249" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E249" s="5">
+        <v>1</v>
+      </c>
+      <c r="F249" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G249" s="9">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A250" s="4">
+        <v>721</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="D250" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E250" s="5">
+        <v>1</v>
+      </c>
+      <c r="F250" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G250" s="9">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A251" s="4">
+        <v>719</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="D251" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E251" s="5">
+        <v>1</v>
+      </c>
+      <c r="F251" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G251" s="9">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A252" s="4">
+        <v>722</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="D252" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E252" s="5">
+        <v>1</v>
+      </c>
+      <c r="F252" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G252" s="9">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A253" s="4">
+        <v>723</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="D253" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E253" s="5">
+        <v>1</v>
+      </c>
+      <c r="F253" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G253" s="9">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A254" s="4">
+        <v>720</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="D254" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E254" s="5">
+        <v>1</v>
+      </c>
+      <c r="F254" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G254" s="9">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A255" s="4">
+        <v>474</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D255" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E255" s="5">
+        <v>1</v>
+      </c>
+      <c r="F255" s="8">
+        <v>5200</v>
+      </c>
+      <c r="G255" s="9">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A256" s="4">
+        <v>641</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="D256" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E256" s="5">
+        <v>1</v>
+      </c>
+      <c r="F256" s="8">
+        <v>5200</v>
+      </c>
+      <c r="G256" s="9">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A257" s="4">
+        <v>321</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="D257" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E257" s="5">
+        <v>1</v>
+      </c>
+      <c r="F257" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G257" s="9">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A258" s="4">
+        <v>280</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="D258" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E258" s="5">
+        <v>1</v>
+      </c>
+      <c r="F258" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G258" s="9">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A259" s="4">
+        <v>327</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C259" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="D259" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E259" s="5">
+        <v>1</v>
+      </c>
+      <c r="F259" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G259" s="9">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A260" s="4">
+        <v>717</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="D260" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E260" s="5">
+        <v>1</v>
+      </c>
+      <c r="F260" s="8">
+        <v>2200</v>
+      </c>
+      <c r="G260" s="9">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A261" s="4">
+        <v>410</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="D261" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E261" s="5">
+        <v>1</v>
+      </c>
+      <c r="F261" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G261" s="9">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A262" s="4">
+        <v>1039</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="D262" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E262" s="5">
+        <v>1</v>
+      </c>
+      <c r="F262" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G262" s="9">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A263" s="4">
+        <v>1061</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="D263" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="E263" s="5">
+        <v>1</v>
+      </c>
+      <c r="F263" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G263" s="9">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A264" s="4">
+        <v>739</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="D264" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E264" s="5">
+        <v>1</v>
+      </c>
+      <c r="F264" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G264" s="9">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A265" s="4">
+        <v>1023</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="D265" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E265" s="5">
+        <v>1</v>
+      </c>
+      <c r="F265" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G265" s="9">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A266" s="4">
+        <v>740</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="D266" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E266" s="5">
+        <v>1</v>
+      </c>
+      <c r="F266" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G266" s="9">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A267" s="4">
+        <v>1022</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="D267" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E267" s="5">
+        <v>1</v>
+      </c>
+      <c r="F267" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G267" s="9">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A268" s="4">
+        <v>846</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="D268" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E268" s="5">
+        <v>1</v>
+      </c>
+      <c r="F268" s="8">
+        <v>18900</v>
+      </c>
+      <c r="G268" s="9">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A269" s="4">
+        <v>847</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="D269" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E269" s="5">
+        <v>1</v>
+      </c>
+      <c r="F269" s="8">
+        <v>18900</v>
+      </c>
+      <c r="G269" s="9">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A270" s="4">
+        <v>1078</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="D270" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E270" s="5">
+        <v>1</v>
+      </c>
+      <c r="F270" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G270" s="9">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A271" s="4">
+        <v>640</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="D271" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E271" s="5">
+        <v>1</v>
+      </c>
+      <c r="F271" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G271" s="9">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A272" s="4">
+        <v>568</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="D272" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E272" s="5">
+        <v>1</v>
+      </c>
+      <c r="F272" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G272" s="9">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A273" s="4">
+        <v>992</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="D273" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E273" s="5">
+        <v>1</v>
+      </c>
+      <c r="F273" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G273" s="9">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A274" s="4">
+        <v>458</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="D274" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E274" s="5">
+        <v>1</v>
+      </c>
+      <c r="F274" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G274" s="9">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A275" s="4">
+        <v>169</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D275" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E275" s="5">
+        <v>1</v>
+      </c>
+      <c r="F275" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G275" s="9">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A276" s="4">
+        <v>999</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D276" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E276" s="5">
+        <v>1</v>
+      </c>
+      <c r="F276" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G276" s="9">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A277" s="4">
+        <v>469</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="D277" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E277" s="5">
+        <v>1</v>
+      </c>
+      <c r="F277" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G277" s="9">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A278" s="4">
+        <v>656</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="D278" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E278" s="5">
+        <v>1</v>
+      </c>
+      <c r="F278" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G278" s="9">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A279" s="4">
+        <v>37</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E279" s="5">
+        <v>1</v>
+      </c>
+      <c r="F279" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G279" s="9">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A280" s="4">
+        <v>367</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="D280" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E280" s="5">
+        <v>1</v>
+      </c>
+      <c r="F280" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G280" s="9">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A281" s="4">
+        <v>890</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="D281" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E281" s="5">
+        <v>1</v>
+      </c>
+      <c r="F281" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G281" s="9">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A282" s="4">
+        <v>347</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="D282" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E282" s="5">
+        <v>1</v>
+      </c>
+      <c r="F282" s="8">
+        <v>13000</v>
+      </c>
+      <c r="G282" s="9">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A283" s="4">
+        <v>50</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D283" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E283" s="5">
+        <v>1</v>
+      </c>
+      <c r="F283" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G283" s="9">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A284" s="4">
+        <v>313</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="D284" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E284" s="5">
+        <v>1</v>
+      </c>
+      <c r="F284" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G284" s="9">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A285" s="4">
+        <v>1021</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="D285" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E285" s="5">
+        <v>1</v>
+      </c>
+      <c r="F285" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G285" s="9">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A286" s="4">
+        <v>1093</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="D286" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E286" s="5">
+        <v>1</v>
+      </c>
+      <c r="F286" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G286" s="9">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A287" s="4">
+        <v>620</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="D287" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E287" s="5">
+        <v>1</v>
+      </c>
+      <c r="F287" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G287" s="9">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A288" s="4">
+        <v>544</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="D288" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E288" s="5">
+        <v>1</v>
+      </c>
+      <c r="F288" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G288" s="9">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A289" s="4">
+        <v>1058</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="D289" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E289" s="5">
+        <v>1</v>
+      </c>
+      <c r="F289" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G289" s="9">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A290" s="4">
+        <v>606</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="D290" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E290" s="5">
+        <v>1</v>
+      </c>
+      <c r="F290" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G290" s="9">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A291" s="4">
+        <v>540</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C291" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="D291" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E291" s="5">
+        <v>1</v>
+      </c>
+      <c r="F291" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G291" s="9">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A292" s="4">
+        <v>638</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D292" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E292" s="5">
+        <v>1</v>
+      </c>
+      <c r="F292" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G292" s="9">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A293" s="4">
+        <v>452</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="D293" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E293" s="5">
+        <v>1</v>
+      </c>
+      <c r="F293" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G293" s="9">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A294" s="4">
+        <v>307</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C294" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="D294" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="E294" s="5">
+        <v>1</v>
+      </c>
+      <c r="F294" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G294" s="9">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A295" s="4">
+        <v>138</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C295" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D295" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E295" s="5">
+        <v>1</v>
+      </c>
+      <c r="F295" s="8">
+        <v>16000</v>
+      </c>
+      <c r="G295" s="9">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A296" s="4">
+        <v>625</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="D296" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E296" s="5">
+        <v>1</v>
+      </c>
+      <c r="F296" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G296" s="9">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A297" s="4">
+        <v>574</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C297" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="D297" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E297" s="5">
+        <v>1</v>
+      </c>
+      <c r="F297" s="8">
+        <v>20000</v>
+      </c>
+      <c r="G297" s="9">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A298" s="4">
+        <v>973</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="D298" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E298" s="5">
+        <v>1</v>
+      </c>
+      <c r="F298" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G298" s="9">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A299" s="4">
+        <v>25</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C299" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D299" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E299" s="5">
+        <v>1</v>
+      </c>
+      <c r="F299" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G299" s="9">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A300" s="4">
+        <v>24</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D300" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E300" s="5">
+        <v>1</v>
+      </c>
+      <c r="F300" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G300" s="9">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A301" s="4">
+        <v>906</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C301" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D301" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E301" s="5">
+        <v>2</v>
+      </c>
+      <c r="F301" s="8">
+        <v>16000</v>
+      </c>
+      <c r="G301" s="9">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A302" s="4">
+        <v>31</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D302" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E302" s="5">
+        <v>1</v>
+      </c>
+      <c r="F302" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G302" s="9">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A303" s="4">
+        <v>687</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="D303" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E303" s="5">
+        <v>1</v>
+      </c>
+      <c r="F303" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G303" s="9">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A304" s="4">
+        <v>621</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C304" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="D304" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E304" s="5">
+        <v>1</v>
+      </c>
+      <c r="F304" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G304" s="9">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A305" s="4">
+        <v>900</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C305" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="D305" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E305" s="5">
+        <v>1</v>
+      </c>
+      <c r="F305" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G305" s="9">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A306" s="4">
+        <v>326</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C306" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="D306" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E306" s="5">
+        <v>1</v>
+      </c>
+      <c r="F306" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G306" s="9">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A307" s="4">
+        <v>374</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="D307" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E307" s="5">
+        <v>1</v>
+      </c>
+      <c r="F307" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G307" s="9">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A308" s="4">
+        <v>322</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="D308" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E308" s="5">
+        <v>1</v>
+      </c>
+      <c r="F308" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G308" s="9">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A309" s="4">
+        <v>341</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D309" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E309" s="5">
+        <v>1</v>
+      </c>
+      <c r="F309" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G309" s="9">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A310" s="4">
+        <v>905</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="D310" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E310" s="5">
+        <v>1</v>
+      </c>
+      <c r="F310" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G310" s="9">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A311" s="4">
+        <v>878</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C311" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="D311" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E311" s="5">
+        <v>1</v>
+      </c>
+      <c r="F311" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G311" s="9">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A312" s="4">
+        <v>219</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C312" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D312" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E312" s="5">
+        <v>1</v>
+      </c>
+      <c r="F312" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G312" s="9">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A313" s="4">
+        <v>956</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C313" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="D313" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E313" s="5">
+        <v>1</v>
+      </c>
+      <c r="F313" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G313" s="9">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A314" s="4">
+        <v>870</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C314" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="D314" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E314" s="5">
+        <v>1</v>
+      </c>
+      <c r="F314" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G314" s="9">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A315" s="4">
+        <v>11</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C315" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D315" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E315" s="5">
+        <v>1</v>
+      </c>
+      <c r="F315" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G315" s="9">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A316" s="4">
+        <v>888</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C316" s="6" t="s">
         <v>507</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="D316" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E316" s="5">
+        <v>1</v>
+      </c>
+      <c r="F316" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G316" s="9">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A317" s="4">
+        <v>323</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C317" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="D317" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E317" s="5">
+        <v>1</v>
+      </c>
+      <c r="F317" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G317" s="9">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A318" s="4">
+        <v>997</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C318" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="D318" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E318" s="5">
+        <v>1</v>
+      </c>
+      <c r="F318" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G318" s="9">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A319" s="4">
+        <v>1050</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="D319" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E319" s="5">
+        <v>1</v>
+      </c>
+      <c r="F319" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G319" s="9">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A320" s="4">
+        <v>882</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="D320" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E320" s="5">
+        <v>1</v>
+      </c>
+      <c r="F320" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G320" s="9">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A321" s="4">
+        <v>1049</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="D321" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E321" s="5">
+        <v>1</v>
+      </c>
+      <c r="F321" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G321" s="9">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A322" s="4">
+        <v>1005</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="D322" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E322" s="5">
+        <v>1</v>
+      </c>
+      <c r="F322" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G322" s="9">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A323" s="4">
+        <v>269</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="D323" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E323" s="5">
+        <v>1</v>
+      </c>
+      <c r="F323" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G323" s="9">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A324" s="4">
+        <v>877</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="D324" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E324" s="5">
+        <v>1</v>
+      </c>
+      <c r="F324" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G324" s="9">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A325" s="4">
+        <v>857</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="D325" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E325" s="5">
+        <v>1</v>
+      </c>
+      <c r="F325" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G325" s="9">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A326" s="4">
+        <v>220</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D326" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E326" s="5">
+        <v>1</v>
+      </c>
+      <c r="F326" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G326" s="9">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A327" s="4">
+        <v>632</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="D327" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E327" s="5">
+        <v>1</v>
+      </c>
+      <c r="F327" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G327" s="9">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A328" s="4">
+        <v>546</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="D328" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E328" s="5">
+        <v>1</v>
+      </c>
+      <c r="F328" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G328" s="9">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A329" s="4">
+        <v>864</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="D329" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E329" s="5">
+        <v>1</v>
+      </c>
+      <c r="F329" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G329" s="9">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A330" s="4">
+        <v>996</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="D330" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E330" s="5">
+        <v>1</v>
+      </c>
+      <c r="F330" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G330" s="9">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A331" s="4">
+        <v>706</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C331" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="D331" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E331" s="5">
+        <v>1</v>
+      </c>
+      <c r="F331" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G331" s="9">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A332" s="4">
+        <v>316</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C332" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="D332" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E332" s="5">
+        <v>1</v>
+      </c>
+      <c r="F332" s="8">
+        <v>2800</v>
+      </c>
+      <c r="G332" s="9">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A333" s="4">
+        <v>705</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C333" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="D333" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E333" s="5">
+        <v>1</v>
+      </c>
+      <c r="F333" s="8">
+        <v>2800</v>
+      </c>
+      <c r="G333" s="9">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A334" s="4">
+        <v>168</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C334" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D334" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E334" s="5">
+        <v>1</v>
+      </c>
+      <c r="F334" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G334" s="9">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A335" s="4">
+        <v>174</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D335" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E335" s="5">
+        <v>1</v>
+      </c>
+      <c r="F335" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G335" s="9">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A336" s="4">
+        <v>521</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="D336" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E336" s="5">
+        <v>1</v>
+      </c>
+      <c r="F336" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G336" s="9">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A337" s="4">
+        <v>1117</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="D337" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E337" s="5">
+        <v>1</v>
+      </c>
+      <c r="F337" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G337" s="9">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A338" s="4">
+        <v>249</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D338" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E338" s="5">
+        <v>1</v>
+      </c>
+      <c r="F338" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G338" s="9">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A339" s="4">
+        <v>938</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="D339" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E339" s="5">
+        <v>1</v>
+      </c>
+      <c r="F339" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G339" s="9">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A340" s="4">
+        <v>239</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C340" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D340" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E340" s="5">
+        <v>1</v>
+      </c>
+      <c r="F340" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G340" s="9">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A341" s="4">
+        <v>616</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D341" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E341" s="5">
+        <v>1</v>
+      </c>
+      <c r="F341" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G341" s="9">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A342" s="4">
+        <v>414</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="D342" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E342" s="5">
+        <v>1</v>
+      </c>
+      <c r="F342" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G342" s="9">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A343" s="4">
+        <v>461</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C343" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="D343" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E343" s="5">
+        <v>1</v>
+      </c>
+      <c r="F343" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G343" s="9">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A344" s="4">
+        <v>524</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C344" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="D344" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E344" s="5">
+        <v>1</v>
+      </c>
+      <c r="F344" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G344" s="9">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A345" s="4">
+        <v>622</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C345" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="D345" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E345" s="5">
+        <v>1</v>
+      </c>
+      <c r="F345" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G345" s="9">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A346" s="4">
+        <v>257</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C346" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D346" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E346" s="5">
+        <v>1</v>
+      </c>
+      <c r="F346" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G346" s="9">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A347" s="4">
+        <v>1062</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C347" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="D347" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="E347" s="5">
+        <v>1</v>
+      </c>
+      <c r="F347" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G347" s="9">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A348" s="4">
+        <v>898</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C348" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="D348" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="E348" s="5">
+        <v>1</v>
+      </c>
+      <c r="F348" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G348" s="9">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A349" s="4">
+        <v>1059</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C349" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="D349" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="E349" s="5">
+        <v>1</v>
+      </c>
+      <c r="F349" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G349" s="9">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A350" s="4">
+        <v>349</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="D350" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="E350" s="5">
+        <v>1</v>
+      </c>
+      <c r="F350" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G350" s="9">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A351" s="4">
+        <v>320</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C351" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="D351" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="E351" s="5">
+        <v>1</v>
+      </c>
+      <c r="F351" s="8">
+        <v>1200</v>
+      </c>
+      <c r="G351" s="9">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A352" s="4">
+        <v>319</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C352" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="D352" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="E352" s="5">
+        <v>1</v>
+      </c>
+      <c r="F352" s="8">
+        <v>1200</v>
+      </c>
+      <c r="G352" s="9">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A353" s="4">
+        <v>875</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C353" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="D353" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E353" s="5">
+        <v>1</v>
+      </c>
+      <c r="F353" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G353" s="9">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A354" s="4">
+        <v>856</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C354" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="D354" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E354" s="5">
+        <v>1</v>
+      </c>
+      <c r="F354" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G354" s="9">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A355" s="4">
+        <v>866</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C355" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="D355" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E355" s="5">
+        <v>1</v>
+      </c>
+      <c r="F355" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G355" s="9">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A356" s="4">
+        <v>1080</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="D356" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E356" s="5">
+        <v>1</v>
+      </c>
+      <c r="F356" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G356" s="9">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A357" s="4">
+        <v>884</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C357" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="D357" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E357" s="5">
+        <v>1</v>
+      </c>
+      <c r="F357" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G357" s="9">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A358" s="4">
+        <v>953</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C358" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="D358" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E358" s="5">
+        <v>1</v>
+      </c>
+      <c r="F358" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G358" s="9">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A359" s="4">
+        <v>872</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C359" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="D359" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E359" s="5">
+        <v>1</v>
+      </c>
+      <c r="F359" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G359" s="9">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A360" s="4">
+        <v>874</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C360" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="D360" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E360" s="5">
+        <v>1</v>
+      </c>
+      <c r="F360" s="8">
+        <v>9000</v>
+      </c>
+      <c r="G360" s="9">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A361" s="4">
+        <v>855</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C361" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="D361" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E361" s="5">
+        <v>1</v>
+      </c>
+      <c r="F361" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G361" s="9">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A362" s="4">
+        <v>850</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C362" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="D362" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E362" s="5">
+        <v>1</v>
+      </c>
+      <c r="F362" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G362" s="9">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A363" s="4">
+        <v>332</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C363" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="D363" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E363" s="5">
+        <v>1</v>
+      </c>
+      <c r="F363" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G363" s="9">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A364" s="4">
+        <v>391</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D364" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E364" s="5">
+        <v>1</v>
+      </c>
+      <c r="F364" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G364" s="9">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A365" s="4">
+        <v>116</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C365" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D365" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E365" s="5">
+        <v>1</v>
+      </c>
+      <c r="F365" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G365" s="9">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A366" s="4">
+        <v>128</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C366" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D366" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E366" s="5">
+        <v>1</v>
+      </c>
+      <c r="F366" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G366" s="9">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A367" s="4">
+        <v>1079</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C367" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="D367" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E367" s="5">
+        <v>1</v>
+      </c>
+      <c r="F367" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G367" s="9">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A368" s="4">
+        <v>466</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="D368" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E368" s="5">
+        <v>1</v>
+      </c>
+      <c r="F368" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G368" s="9">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A369" s="4">
+        <v>126</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="D369" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E369" s="5">
+        <v>1</v>
+      </c>
+      <c r="F369" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G369" s="9">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A370" s="4">
+        <v>129</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="D370" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E370" s="5">
+        <v>1</v>
+      </c>
+      <c r="F370" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G370" s="9">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A371" s="4">
+        <v>894</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="D371" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E371" s="5">
+        <v>1</v>
+      </c>
+      <c r="F371" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G371" s="9">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A372" s="4">
+        <v>1028</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="D372" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E372" s="5">
+        <v>1</v>
+      </c>
+      <c r="F372" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G372" s="9">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A373" s="4">
+        <v>1030</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C373" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="D373" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E373" s="5">
+        <v>1</v>
+      </c>
+      <c r="F373" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G373" s="9">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A374" s="4">
+        <v>814</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="D374" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E374" s="5">
+        <v>1</v>
+      </c>
+      <c r="F374" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G374" s="9">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A375" s="4">
+        <v>823</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="D375" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E375" s="5">
+        <v>1</v>
+      </c>
+      <c r="F375" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G375" s="9">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A376" s="4">
+        <v>810</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="D376" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E376" s="5">
+        <v>1</v>
+      </c>
+      <c r="F376" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G376" s="9">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A377" s="4">
+        <v>822</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="D377" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E377" s="5">
+        <v>1</v>
+      </c>
+      <c r="F377" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G377" s="9">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A378" s="4">
+        <v>39</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D378" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E378" s="5">
+        <v>1</v>
+      </c>
+      <c r="F378" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G378" s="9">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A379" s="4">
+        <v>1031</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="D379" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E379" s="5">
+        <v>1</v>
+      </c>
+      <c r="F379" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G379" s="9">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A380" s="4">
+        <v>809</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="D380" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E380" s="5">
+        <v>1</v>
+      </c>
+      <c r="F380" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G380" s="9">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A381" s="4">
+        <v>801</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="D381" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E381" s="5">
+        <v>1</v>
+      </c>
+      <c r="F381" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G381" s="9">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A382" s="4">
+        <v>816</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="D382" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E382" s="5">
+        <v>1</v>
+      </c>
+      <c r="F382" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G382" s="9">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A383" s="4">
+        <v>811</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="D383" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E383" s="5">
+        <v>1</v>
+      </c>
+      <c r="F383" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G383" s="9">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A384" s="4">
+        <v>1092</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="D384" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="E384" s="5">
+        <v>1</v>
+      </c>
+      <c r="F384" s="8">
+        <v>30000</v>
+      </c>
+      <c r="G384" s="9">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A385" s="4">
+        <v>1067</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C385" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="D385" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" s="5">
+        <v>1</v>
+      </c>
+      <c r="F385" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G385" s="9">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A386" s="4">
+        <v>1064</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="D386" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" s="5">
+        <v>1</v>
+      </c>
+      <c r="F386" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G386" s="9">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A387" s="4">
+        <v>1069</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C387" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D387" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" s="5">
+        <v>2</v>
+      </c>
+      <c r="F387" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G387" s="9">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A388" s="4">
+        <v>1071</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C388" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="D388" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" s="5">
+        <v>1</v>
+      </c>
+      <c r="F388" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G388" s="9">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A389" s="4">
+        <v>155</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C389" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D389" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" s="5">
+        <v>1</v>
+      </c>
+      <c r="F389" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G389" s="9">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A390" s="4">
+        <v>792</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="D390" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" s="5">
+        <v>1</v>
+      </c>
+      <c r="F390" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G390" s="9">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A391" s="4">
+        <v>791</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="D391" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" s="5">
+        <v>1</v>
+      </c>
+      <c r="F391" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G391" s="9">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A392" s="4">
+        <v>1065</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="D392" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" s="5">
+        <v>1</v>
+      </c>
+      <c r="F392" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G392" s="9">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A393" s="4">
+        <v>1063</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C393" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="D393" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" s="5">
+        <v>1</v>
+      </c>
+      <c r="F393" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G393" s="9">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A394" s="4">
+        <v>1068</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C394" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="D394" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" s="5">
+        <v>1</v>
+      </c>
+      <c r="F394" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G394" s="9">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A395" s="4">
+        <v>698</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="D395" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" s="5">
+        <v>1</v>
+      </c>
+      <c r="F395" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G395" s="9">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A396" s="4">
+        <v>950</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C396" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="D396" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" s="5">
+        <v>1</v>
+      </c>
+      <c r="F396" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G396" s="9">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A397" s="4">
+        <v>1070</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C397" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D397" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" s="5">
+        <v>2</v>
+      </c>
+      <c r="F397" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G397" s="9">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A398" s="4">
+        <v>1060</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="D398" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" s="5">
+        <v>1</v>
+      </c>
+      <c r="F398" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G398" s="9">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A399" s="4">
+        <v>998</v>
+      </c>
+      <c r="B399" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="D399" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" s="5">
+        <v>1</v>
+      </c>
+      <c r="F399" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G399" s="9">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A400" s="4">
+        <v>879</v>
+      </c>
+      <c r="B400" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C400" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="D400" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" s="5">
+        <v>1</v>
+      </c>
+      <c r="F400" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G400" s="9">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A401" s="4">
+        <v>991</v>
+      </c>
+      <c r="B401" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C401" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="D401" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" s="5">
+        <v>1</v>
+      </c>
+      <c r="F401" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G401" s="9">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A402" s="4">
+        <v>1056</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C402" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="D402" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" s="5">
+        <v>1</v>
+      </c>
+      <c r="F402" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G402" s="9">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A403" s="4">
+        <v>363</v>
+      </c>
+      <c r="B403" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C403" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="D403" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" s="5">
+        <v>1</v>
+      </c>
+      <c r="F403" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G403" s="9">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A404" s="4">
+        <v>755</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C404" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="D404" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" s="5">
+        <v>1</v>
+      </c>
+      <c r="F404" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G404" s="9">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A405" s="4">
+        <v>1013</v>
+      </c>
+      <c r="B405" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C405" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="D405" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" s="5">
+        <v>1</v>
+      </c>
+      <c r="F405" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G405" s="9">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A406" s="4">
+        <v>409</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C406" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="D406" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" s="5">
+        <v>1</v>
+      </c>
+      <c r="F406" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G406" s="9">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A407" s="4">
+        <v>672</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C407" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="D407" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E407" s="5">
+        <v>1</v>
+      </c>
+      <c r="F407" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G407" s="9">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A408" s="4">
+        <v>1066</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C408" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="D408" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" s="5">
+        <v>1</v>
+      </c>
+      <c r="F408" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G408" s="9">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A409" s="4">
+        <v>728</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C409" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="D409" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" s="5">
+        <v>1</v>
+      </c>
+      <c r="F409" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G409" s="9">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A410" s="4">
+        <v>1073</v>
+      </c>
+      <c r="B410" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C410" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="D410" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" s="5">
+        <v>1</v>
+      </c>
+      <c r="F410" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G410" s="9">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A411" s="4">
+        <v>1072</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C411" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="D411" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" s="5">
+        <v>1</v>
+      </c>
+      <c r="F411" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G411" s="9">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A412" s="4">
+        <v>862</v>
+      </c>
+      <c r="B412" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C412" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="D412" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E412" s="5">
+        <v>1</v>
+      </c>
+      <c r="F412" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G412" s="9">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="413" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A413" s="4">
+        <v>315</v>
+      </c>
+      <c r="B413" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C413" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D413" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E413" s="5">
+        <v>1</v>
+      </c>
+      <c r="F413" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G413" s="9">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="414" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A414" s="4">
+        <v>394</v>
+      </c>
+      <c r="B414" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C414" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="D414" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E414" s="5">
+        <v>1</v>
+      </c>
+      <c r="F414" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G414" s="9">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="415" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A415" s="4">
+        <v>633</v>
+      </c>
+      <c r="B415" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C415" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="D415" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E415" s="5">
+        <v>1</v>
+      </c>
+      <c r="F415" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G415" s="9">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="416" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A416" s="4">
+        <v>245</v>
+      </c>
+      <c r="B416" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C416" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D416" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E416" s="5">
+        <v>1</v>
+      </c>
+      <c r="F416" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G416" s="9">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A417" s="4">
+        <v>246</v>
+      </c>
+      <c r="B417" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C417" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D417" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E417" s="5">
+        <v>1</v>
+      </c>
+      <c r="F417" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G417" s="9">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="418" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A418" s="4">
+        <v>366</v>
+      </c>
+      <c r="B418" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C418" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="D418" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E418" s="5">
+        <v>1</v>
+      </c>
+      <c r="F418" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G418" s="9">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="419" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A419" s="4">
+        <v>462</v>
+      </c>
+      <c r="B419" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C419" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="D419" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E419" s="5">
+        <v>1</v>
+      </c>
+      <c r="F419" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G419" s="9">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A420" s="4">
+        <v>376</v>
+      </c>
+      <c r="B420" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C420" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="D420" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E420" s="5">
+        <v>1</v>
+      </c>
+      <c r="F420" s="8">
+        <v>7500</v>
+      </c>
+      <c r="G420" s="9">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="421" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A421" s="4">
+        <v>48</v>
+      </c>
+      <c r="B421" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C421" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D421" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E421" s="5">
+        <v>1</v>
+      </c>
+      <c r="F421" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G421" s="9">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="422" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A422" s="4">
+        <v>60</v>
+      </c>
+      <c r="B422" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C422" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D422" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E422" s="5">
+        <v>1</v>
+      </c>
+      <c r="F422" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G422" s="9">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="423" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A423" s="4">
+        <v>564</v>
+      </c>
+      <c r="B423" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C423" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="D423" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E423" s="5">
+        <v>1</v>
+      </c>
+      <c r="F423" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G423" s="9">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="424" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A424" s="4">
+        <v>403</v>
+      </c>
+      <c r="B424" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C424" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D424" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E424" s="5">
+        <v>1</v>
+      </c>
+      <c r="F424" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G424" s="9">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="425" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A425" s="4">
+        <v>200</v>
+      </c>
+      <c r="B425" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C425" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D425" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E425" s="5">
+        <v>1</v>
+      </c>
+      <c r="F425" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G425" s="9">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="426" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A426" s="4">
+        <v>139</v>
+      </c>
+      <c r="B426" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C426" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D426" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E426" s="5">
+        <v>1</v>
+      </c>
+      <c r="F426" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G426" s="9">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="427" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A427" s="4">
+        <v>637</v>
+      </c>
+      <c r="B427" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C427" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="D427" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E427" s="5">
+        <v>1</v>
+      </c>
+      <c r="F427" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G427" s="9">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="428" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A428" s="4">
+        <v>1118</v>
+      </c>
+      <c r="B428" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C428" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="D428" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E428" s="5">
+        <v>1</v>
+      </c>
+      <c r="F428" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G428" s="9">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="429" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A429" s="4">
+        <v>30</v>
+      </c>
+      <c r="B429" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C429" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D429" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E429" s="5">
+        <v>1</v>
+      </c>
+      <c r="F429" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G429" s="9">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="430" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A430" s="4">
+        <v>278</v>
+      </c>
+      <c r="B430" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C430" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="D430" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E430" s="5">
+        <v>1</v>
+      </c>
+      <c r="F430" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G430" s="9">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="431" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A431" s="4">
+        <v>901</v>
+      </c>
+      <c r="B431" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C431" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="D431" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E431" s="5">
+        <v>1</v>
+      </c>
+      <c r="F431" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G431" s="9">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="432" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A432" s="4">
+        <v>885</v>
+      </c>
+      <c r="B432" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C432" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="D432" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E432" s="5">
+        <v>1</v>
+      </c>
+      <c r="F432" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G432" s="9">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="433" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A433" s="4">
+        <v>193</v>
+      </c>
+      <c r="B433" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C433" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D433" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E433" s="5">
+        <v>1</v>
+      </c>
+      <c r="F433" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G433" s="9">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="434" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A434" s="4">
+        <v>600</v>
+      </c>
+      <c r="B434" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C434" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D434" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E434" s="5">
+        <v>1</v>
+      </c>
+      <c r="F434" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G434" s="9">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="435" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A435" s="4">
+        <v>373</v>
+      </c>
+      <c r="B435" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C435" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D435" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E435" s="5">
+        <v>1</v>
+      </c>
+      <c r="F435" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G435" s="9">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A436" s="4">
+        <v>948</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C436" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="D436" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E436" s="5">
+        <v>1</v>
+      </c>
+      <c r="F436" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G436" s="9">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="437" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A437" s="4">
+        <v>339</v>
+      </c>
+      <c r="B437" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C437" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="D437" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1</v>
+      </c>
+      <c r="F437" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G437" s="9">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="438" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A438" s="4">
+        <v>542</v>
+      </c>
+      <c r="B438" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C438" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="D438" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E438" s="5">
+        <v>1</v>
+      </c>
+      <c r="F438" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G438" s="9">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="439" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A439" s="4">
+        <v>733</v>
+      </c>
+      <c r="B439" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C439" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="D439" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E439" s="5">
+        <v>1</v>
+      </c>
+      <c r="F439" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G439" s="9">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="440" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A440" s="4">
+        <v>1002</v>
+      </c>
+      <c r="B440" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C440" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="D440" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E440" s="5">
+        <v>1</v>
+      </c>
+      <c r="F440" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G440" s="9">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="441" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A441" s="4">
+        <v>597</v>
+      </c>
+      <c r="B441" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C441" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="D441" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E441" s="5">
+        <v>1</v>
+      </c>
+      <c r="F441" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G441" s="9">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="442" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A442" s="4">
+        <v>1017</v>
+      </c>
+      <c r="B442" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C442" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="D442" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E442" s="5">
+        <v>1</v>
+      </c>
+      <c r="F442" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G442" s="9">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="443" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A443" s="4">
+        <v>365</v>
+      </c>
+      <c r="B443" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C443" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="D443" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E443" s="5">
+        <v>1</v>
+      </c>
+      <c r="F443" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G443" s="9">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="444" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A444" s="4">
+        <v>252</v>
+      </c>
+      <c r="B444" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C444" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D444" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E444" s="5">
+        <v>1</v>
+      </c>
+      <c r="F444" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G444" s="9">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="445" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A445" s="4">
+        <v>735</v>
+      </c>
+      <c r="B445" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C445" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="D445" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E445" s="5">
+        <v>1</v>
+      </c>
+      <c r="F445" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G445" s="9">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="446" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A446" s="4">
+        <v>736</v>
+      </c>
+      <c r="B446" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C446" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="D446" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E446" s="5">
+        <v>1</v>
+      </c>
+      <c r="F446" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G446" s="9">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="447" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A447" s="4">
+        <v>1018</v>
+      </c>
+      <c r="B447" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C447" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="D447" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E447" s="5">
+        <v>1</v>
+      </c>
+      <c r="F447" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G447" s="9">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="448" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A448" s="4">
+        <v>276</v>
+      </c>
+      <c r="B448" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C448" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="D448" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E448" s="5">
+        <v>1</v>
+      </c>
+      <c r="F448" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G448" s="9">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="449" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A449" s="4">
+        <v>988</v>
+      </c>
+      <c r="B449" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C449" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="D449" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E449" s="5">
+        <v>1</v>
+      </c>
+      <c r="F449" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G449" s="9">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="450" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A450" s="4">
+        <v>1116</v>
+      </c>
+      <c r="B450" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C450" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="D450" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E450" s="5">
+        <v>1</v>
+      </c>
+      <c r="F450" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G450" s="9">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A451" s="4">
+        <v>354</v>
+      </c>
+      <c r="B451" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C451" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D451" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E451" s="5">
+        <v>1</v>
+      </c>
+      <c r="F451" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G451" s="9">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="452" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A452" s="4">
+        <v>752</v>
+      </c>
+      <c r="B452" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C452" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="D452" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E452" s="5">
+        <v>1</v>
+      </c>
+      <c r="F452" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G452" s="9">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="453" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A453" s="4">
+        <v>845</v>
+      </c>
+      <c r="B453" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C453" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="D453" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E453" s="5">
+        <v>1</v>
+      </c>
+      <c r="F453" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G453" s="9">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="454" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A454" s="4">
+        <v>256</v>
+      </c>
+      <c r="B454" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C454" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="D454" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E454" s="5">
+        <v>1</v>
+      </c>
+      <c r="F454" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G454" s="9">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A455" s="4">
+        <v>337</v>
+      </c>
+      <c r="B455" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C455" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D455" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E455" s="5">
+        <v>1</v>
+      </c>
+      <c r="F455" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G455" s="9">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="456" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A456" s="4">
+        <v>754</v>
+      </c>
+      <c r="B456" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C456" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="D456" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E456" s="5">
+        <v>1</v>
+      </c>
+      <c r="F456" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G456" s="9">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="457" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A457" s="4">
+        <v>1082</v>
+      </c>
+      <c r="B457" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C457" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="D457" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E457" s="5">
+        <v>1</v>
+      </c>
+      <c r="F457" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G457" s="9">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="458" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A458" s="4">
+        <v>368</v>
+      </c>
+      <c r="B458" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C458" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D458" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E458" s="5">
+        <v>1</v>
+      </c>
+      <c r="F458" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G458" s="9">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="459" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A459" s="4">
+        <v>701</v>
+      </c>
+      <c r="B459" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C459" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D459" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E459" s="5">
+        <v>1</v>
+      </c>
+      <c r="F459" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G459" s="9">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="460" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A460" s="4">
+        <v>1000</v>
+      </c>
+      <c r="B460" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C460" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="D460" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E460" s="5">
+        <v>1</v>
+      </c>
+      <c r="F460" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G460" s="9">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="461" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A461" s="4">
+        <v>1075</v>
+      </c>
+      <c r="B461" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C461" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="D461" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E461" s="5">
+        <v>1</v>
+      </c>
+      <c r="F461" s="8">
+        <v>10000</v>
+      </c>
+      <c r="G461" s="9">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="462" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A462" s="4">
+        <v>486</v>
+      </c>
+      <c r="B462" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C462" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="D462" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E462" s="5">
+        <v>1</v>
+      </c>
+      <c r="F462" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G462" s="9">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="463" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A463" s="4">
+        <v>650</v>
+      </c>
+      <c r="B463" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C463" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="D463" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E463" s="5">
+        <v>1</v>
+      </c>
+      <c r="F463" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G463" s="9">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="464" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A464" s="4">
+        <v>1009</v>
+      </c>
+      <c r="B464" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C464" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="D464" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E464" s="5">
+        <v>1</v>
+      </c>
+      <c r="F464" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G464" s="9">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="465" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A465" s="4">
+        <v>746</v>
+      </c>
+      <c r="B465" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C465" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D465" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E465" s="5">
+        <v>1</v>
+      </c>
+      <c r="F465" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G465" s="9">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="466" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A466" s="4">
+        <v>747</v>
+      </c>
+      <c r="B466" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C466" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D466" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E466" s="5">
+        <v>1</v>
+      </c>
+      <c r="F466" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G466" s="9">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="467" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A467" s="4">
+        <v>937</v>
+      </c>
+      <c r="B467" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C467" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="D467" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E467" s="5">
+        <v>1</v>
+      </c>
+      <c r="F467" s="8">
+        <v>8000</v>
+      </c>
+      <c r="G467" s="9">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A468" s="4">
+        <v>1115</v>
+      </c>
+      <c r="B468" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C468" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="D468" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E468" s="5">
+        <v>1</v>
+      </c>
+      <c r="F468" s="8">
+        <v>7000</v>
+      </c>
+      <c r="G468" s="9">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A469" s="4">
+        <v>907</v>
+      </c>
+      <c r="B469" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C469" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="D469" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E469" s="5">
+        <v>1</v>
+      </c>
+      <c r="F469" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G469" s="9">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A470" s="4">
+        <v>1003</v>
+      </c>
+      <c r="B470" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C470" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="D470" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E470" s="5">
+        <v>1</v>
+      </c>
+      <c r="F470" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G470" s="9">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A471" s="4">
+        <v>459</v>
+      </c>
+      <c r="B471" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C471" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="D471" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E471" s="5">
+        <v>1</v>
+      </c>
+      <c r="F471" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G471" s="9">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A472" s="4">
+        <v>602</v>
+      </c>
+      <c r="B472" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C472" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="D472" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E472" s="5">
+        <v>1</v>
+      </c>
+      <c r="F472" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G472" s="9">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A473" s="4">
+        <v>745</v>
+      </c>
+      <c r="B473" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C473" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="D473" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E473" s="5">
+        <v>1</v>
+      </c>
+      <c r="F473" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G473" s="9">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A474" s="4">
+        <v>1012</v>
+      </c>
+      <c r="B474" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C474" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="D474" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E474" s="5">
+        <v>1</v>
+      </c>
+      <c r="F474" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G474" s="9">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A475" s="4">
+        <v>1076</v>
+      </c>
+      <c r="B475" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C475" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="D475" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E475" s="5">
+        <v>1</v>
+      </c>
+      <c r="F475" s="8">
+        <v>7500</v>
+      </c>
+      <c r="G475" s="9">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A476" s="4">
+        <v>741</v>
+      </c>
+      <c r="B476" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C476" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="D476" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E476" s="5">
+        <v>1</v>
+      </c>
+      <c r="F476" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G476" s="9">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A477" s="4">
+        <v>1081</v>
+      </c>
+      <c r="B477" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C477" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="D477" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E477" s="5">
+        <v>1</v>
+      </c>
+      <c r="F477" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G477" s="9">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A478" s="4">
+        <v>345</v>
+      </c>
+      <c r="B478" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C478" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="D478" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E478" s="5">
+        <v>1</v>
+      </c>
+      <c r="F478" s="8">
+        <v>7500</v>
+      </c>
+      <c r="G478" s="9">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A479" s="4">
+        <v>848</v>
+      </c>
+      <c r="B479" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C479" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="D479" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E479" s="5">
+        <v>1</v>
+      </c>
+      <c r="F479" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G479" s="9">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A480" s="4">
+        <v>1014</v>
+      </c>
+      <c r="B480" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C480" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="D480" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E480" s="5">
+        <v>1</v>
+      </c>
+      <c r="F480" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G480" s="9">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A481" s="4">
+        <v>849</v>
+      </c>
+      <c r="B481" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C481" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="D481" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E481" s="5">
+        <v>1</v>
+      </c>
+      <c r="F481" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G481" s="9">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A482" s="4">
+        <v>251</v>
+      </c>
+      <c r="B482" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C482" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D482" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E482" s="5">
+        <v>1</v>
+      </c>
+      <c r="F482" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G482" s="9">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A483" s="4">
+        <v>958</v>
+      </c>
+      <c r="B483" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C483" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D483" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E483" s="5">
+        <v>1</v>
+      </c>
+      <c r="F483" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G483" s="9">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A484" s="4">
+        <v>960</v>
+      </c>
+      <c r="B484" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C484" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D484" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E484" s="5">
+        <v>1</v>
+      </c>
+      <c r="F484" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G484" s="9">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A485" s="4">
+        <v>1016</v>
+      </c>
+      <c r="B485" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C485" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="D485" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E485" s="5">
+        <v>1</v>
+      </c>
+      <c r="F485" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G485" s="9">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A486" s="4">
+        <v>243</v>
+      </c>
+      <c r="B486" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C486" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D486" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E486" s="5">
+        <v>1</v>
+      </c>
+      <c r="F486" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G486" s="9">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A487" s="4">
+        <v>972</v>
+      </c>
+      <c r="B487" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C487" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="D487" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E487" s="5">
+        <v>1</v>
+      </c>
+      <c r="F487" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G487" s="9">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A488" s="4">
+        <v>653</v>
+      </c>
+      <c r="B488" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C488" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="D488" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E488" s="5">
+        <v>1</v>
+      </c>
+      <c r="F488" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G488" s="9">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A489" s="4">
+        <v>306</v>
+      </c>
+      <c r="B489" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C489" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="D489" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E489" s="5">
+        <v>1</v>
+      </c>
+      <c r="F489" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G489" s="9">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A490" s="4">
+        <v>1019</v>
+      </c>
+      <c r="B490" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C490" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="D490" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E490" s="5">
+        <v>1</v>
+      </c>
+      <c r="F490" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G490" s="9">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A491" s="4">
+        <v>468</v>
+      </c>
+      <c r="B491" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C491" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="D491" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E491" s="5">
+        <v>1</v>
+      </c>
+      <c r="F491" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G491" s="9">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="492" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A492" s="4">
+        <v>909</v>
+      </c>
+      <c r="B492" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C492" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="D492" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E492" s="5">
+        <v>1</v>
+      </c>
+      <c r="F492" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G492" s="9">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="493" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A493" s="4">
+        <v>342</v>
+      </c>
+      <c r="B493" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C493" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="D493" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E493" s="5">
+        <v>1</v>
+      </c>
+      <c r="F493" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G493" s="9">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="494" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A494" s="4">
+        <v>467</v>
+      </c>
+      <c r="B494" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C494" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="D494" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E494" s="5">
+        <v>1</v>
+      </c>
+      <c r="F494" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G494" s="9">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="495" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A495" s="4">
+        <v>908</v>
+      </c>
+      <c r="B495" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C495" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="D495" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E495" s="5">
+        <v>1</v>
+      </c>
+      <c r="F495" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G495" s="9">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="496" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A496" s="4">
+        <v>652</v>
+      </c>
+      <c r="B496" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C496" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="D496" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E496" s="5">
+        <v>1</v>
+      </c>
+      <c r="F496" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G496" s="9">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="497" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A497" s="4">
+        <v>344</v>
+      </c>
+      <c r="B497" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C497" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D497" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E497" s="5">
+        <v>1</v>
+      </c>
+      <c r="F497" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G497" s="9">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="498" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A498" s="4">
+        <v>609</v>
+      </c>
+      <c r="B498" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C498" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D498" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E498" s="5">
+        <v>1</v>
+      </c>
+      <c r="F498" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G498" s="9">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="499" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A499" s="4">
+        <v>753</v>
+      </c>
+      <c r="B499" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C499" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D499" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E499" s="5">
+        <v>1</v>
+      </c>
+      <c r="F499" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G499" s="9">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="500" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A500" s="4">
+        <v>1010</v>
+      </c>
+      <c r="B500" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C500" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="D500" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E500" s="5">
+        <v>1</v>
+      </c>
+      <c r="F500" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G500" s="9">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="501" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A501" s="4">
+        <v>1114</v>
+      </c>
+      <c r="B501" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C501" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="D501" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E501" s="5">
+        <v>1</v>
+      </c>
+      <c r="F501" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G501" s="9">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="502" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A502" s="4">
+        <v>364</v>
+      </c>
+      <c r="B502" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C502" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="D502" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E502" s="5">
+        <v>1</v>
+      </c>
+      <c r="F502" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G502" s="9">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="503" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A503" s="4">
+        <v>737</v>
+      </c>
+      <c r="B503" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C503" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="D503" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E503" s="5">
+        <v>1</v>
+      </c>
+      <c r="F503" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G503" s="9">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="504" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A504" s="4">
+        <v>738</v>
+      </c>
+      <c r="B504" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C504" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="D504" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E504" s="5">
+        <v>1</v>
+      </c>
+      <c r="F504" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G504" s="9">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="505" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A505" s="4">
+        <v>1015</v>
+      </c>
+      <c r="B505" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C505" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="D505" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E505" s="5">
+        <v>1</v>
+      </c>
+      <c r="F505" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G505" s="9">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="506" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A506" s="4">
+        <v>941</v>
+      </c>
+      <c r="B506" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C506" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="D506" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E506" s="5">
+        <v>1</v>
+      </c>
+      <c r="F506" s="8">
+        <v>15000</v>
+      </c>
+      <c r="G506" s="9">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="507" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A507" s="4">
+        <v>1007</v>
+      </c>
+      <c r="B507" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C507" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="D507" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E507" s="5">
+        <v>1</v>
+      </c>
+      <c r="F507" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G507" s="9">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="508" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A508" s="4">
+        <v>340</v>
+      </c>
+      <c r="B508" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C508" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D508" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E508" s="5">
+        <v>1</v>
+      </c>
+      <c r="F508" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G508" s="9">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="509" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A509" s="4">
+        <v>1024</v>
+      </c>
+      <c r="B509" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C509" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="D509" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E509" s="5">
+        <v>1</v>
+      </c>
+      <c r="F509" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G509" s="9">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="510" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A510" s="4">
+        <v>702</v>
+      </c>
+      <c r="B510" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C510" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="D510" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E510" s="5">
+        <v>1</v>
+      </c>
+      <c r="F510" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G510" s="9">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="511" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A511" s="4">
+        <v>703</v>
+      </c>
+      <c r="B511" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C511" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="D511" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E511" s="5">
+        <v>1</v>
+      </c>
+      <c r="F511" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G511" s="9">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="512" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A512" s="4">
+        <v>674</v>
+      </c>
+      <c r="B512" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C512" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="D512" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E512" s="5">
+        <v>1</v>
+      </c>
+      <c r="F512" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G512" s="9">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="513" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A513" s="4">
+        <v>114</v>
+      </c>
+      <c r="B513" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C513" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D513" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E513" s="5">
+        <v>1</v>
+      </c>
+      <c r="F513" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G513" s="9">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="514" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A514" s="4">
+        <v>392</v>
+      </c>
+      <c r="B514" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C514" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="D514" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E514" s="5">
+        <v>1</v>
+      </c>
+      <c r="F514" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G514" s="9">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="515" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A515" s="4">
+        <v>194</v>
+      </c>
+      <c r="B515" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C515" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D515" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E515" s="5">
+        <v>1</v>
+      </c>
+      <c r="F515" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G515" s="9">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="516" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A516" s="4">
+        <v>275</v>
+      </c>
+      <c r="B516" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C516" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="D516" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E516" s="5">
+        <v>1</v>
+      </c>
+      <c r="F516" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G516" s="9">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="517" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A517" s="4">
+        <v>329</v>
+      </c>
+      <c r="B517" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C517" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="D517" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E517" s="5">
+        <v>1</v>
+      </c>
+      <c r="F517" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G517" s="9">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="518" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A518" s="4">
+        <v>476</v>
+      </c>
+      <c r="B518" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C518" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="D518" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E518" s="5">
+        <v>1</v>
+      </c>
+      <c r="F518" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G518" s="9">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="519" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A519" s="4">
+        <v>899</v>
+      </c>
+      <c r="B519" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C519" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="D519" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E519" s="5">
+        <v>1</v>
+      </c>
+      <c r="F519" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G519" s="9">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="520" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A520" s="4">
+        <v>607</v>
+      </c>
+      <c r="B520" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C520" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="D520" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E520" s="5">
+        <v>1</v>
+      </c>
+      <c r="F520" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G520" s="9">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="521" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A521" s="4">
+        <v>122</v>
+      </c>
+      <c r="B521" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C521" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D521" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E521" s="5">
+        <v>1</v>
+      </c>
+      <c r="F521" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G521" s="9">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="522" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A522" s="4">
+        <v>163</v>
+      </c>
+      <c r="B522" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C522" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D522" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E522" s="5">
+        <v>1</v>
+      </c>
+      <c r="F522" s="8">
+        <v>20000</v>
+      </c>
+      <c r="G522" s="9">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="523" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A523" s="4">
+        <v>56</v>
+      </c>
+      <c r="B523" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C523" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D523" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E523" s="5">
+        <v>1</v>
+      </c>
+      <c r="F523" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G523" s="9">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="524" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A524" s="4">
+        <v>55</v>
+      </c>
+      <c r="B524" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C524" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D524" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E524" s="5">
+        <v>1</v>
+      </c>
+      <c r="F524" s="8">
+        <v>20000</v>
+      </c>
+      <c r="G524" s="9">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="525" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A525" s="4">
+        <v>121</v>
+      </c>
+      <c r="B525" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C525" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="D525" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E525" s="5">
+        <v>1</v>
+      </c>
+      <c r="F525" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G525" s="9">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="526" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A526" s="4">
+        <v>841</v>
+      </c>
+      <c r="B526" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C526" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="D526" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E526" s="5">
+        <v>1</v>
+      </c>
+      <c r="F526" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G526" s="9">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="527" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A527" s="4">
+        <v>565</v>
+      </c>
+      <c r="B527" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C527" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="D527" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E527" s="5">
+        <v>1</v>
+      </c>
+      <c r="F527" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G527" s="9">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A528" s="4">
+        <v>125</v>
+      </c>
+      <c r="B528" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C528" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="D528" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E528" s="5">
+        <v>1</v>
+      </c>
+      <c r="F528" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G528" s="9">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="529" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A529" s="4">
+        <v>626</v>
+      </c>
+      <c r="B529" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C529" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="D529" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E529" s="5">
+        <v>1</v>
+      </c>
+      <c r="F529" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G529" s="9">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="530" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A530" s="4">
+        <v>188</v>
+      </c>
+      <c r="B530" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C530" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D530" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E530" s="5">
+        <v>1</v>
+      </c>
+      <c r="F530" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G530" s="9">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="531" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A531" s="4">
+        <v>1001</v>
+      </c>
+      <c r="B531" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C531" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="D531" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E531" s="5">
+        <v>1</v>
+      </c>
+      <c r="F531" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G531" s="9">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="532" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A532" s="4">
+        <v>120</v>
+      </c>
+      <c r="B532" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C532" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D532" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E532" s="5">
+        <v>1</v>
+      </c>
+      <c r="F532" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G532" s="9">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="533" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A533" s="4">
+        <v>309</v>
+      </c>
+      <c r="B533" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C533" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="D533" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E533" s="5">
+        <v>1</v>
+      </c>
+      <c r="F533" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G533" s="9">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="534" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A534" s="4">
+        <v>36</v>
+      </c>
+      <c r="B534" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C534" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D534" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E534" s="5">
+        <v>1</v>
+      </c>
+      <c r="F534" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G534" s="9">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="535" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A535" s="4">
+        <v>475</v>
+      </c>
+      <c r="B535" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C535" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="D535" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E535" s="5">
+        <v>1</v>
+      </c>
+      <c r="F535" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G535" s="9">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="536" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A536" s="4">
+        <v>627</v>
+      </c>
+      <c r="B536" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C536" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="D536" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E536" s="5">
+        <v>1</v>
+      </c>
+      <c r="F536" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G536" s="9">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="537" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A537" s="4">
+        <v>619</v>
+      </c>
+      <c r="B537" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C537" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="D537" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="E537" s="5">
+        <v>1</v>
+      </c>
+      <c r="F537" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G537" s="9">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="538" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A538" s="4">
+        <v>684</v>
+      </c>
+      <c r="B538" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C538" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="D538" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="E538" s="5">
+        <v>1</v>
+      </c>
+      <c r="F538" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G538" s="9">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="539" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A539" s="4">
+        <v>330</v>
+      </c>
+      <c r="B539" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C539" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="D539" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E539" s="5">
+        <v>1</v>
+      </c>
+      <c r="F539" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G539" s="9">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="540" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A540" s="4">
+        <v>472</v>
+      </c>
+      <c r="B540" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C540" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="D540" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E540" s="5">
+        <v>1</v>
+      </c>
+      <c r="F540" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G540" s="9">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="541" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A541" s="4">
+        <v>283</v>
+      </c>
+      <c r="B541" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C541" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="D541" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E541" s="5">
+        <v>1</v>
+      </c>
+      <c r="F541" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G541" s="9">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="542" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A542" s="4">
+        <v>757</v>
+      </c>
+      <c r="B542" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C542" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="D542" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E542" s="5">
+        <v>1</v>
+      </c>
+      <c r="F542" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G542" s="9">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="543" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A543" s="4">
+        <v>663</v>
+      </c>
+      <c r="B543" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C543" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="D543" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E543" s="5">
+        <v>1</v>
+      </c>
+      <c r="F543" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G543" s="9">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="544" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A544" s="4">
+        <v>904</v>
+      </c>
+      <c r="B544" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C544" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="D544" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E544" s="5">
+        <v>1</v>
+      </c>
+      <c r="F544" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G544" s="9">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="545" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A545" s="4">
+        <v>267</v>
+      </c>
+      <c r="B545" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C545" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D545" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E545" s="5">
+        <v>1</v>
+      </c>
+      <c r="F545" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G545" s="9">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="546" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A546" s="4">
+        <v>710</v>
+      </c>
+      <c r="B546" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C546" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="D546" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E546" s="5">
+        <v>1</v>
+      </c>
+      <c r="F546" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G546" s="9">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="547" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A547" s="4">
+        <v>266</v>
+      </c>
+      <c r="B547" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C547" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="D547" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E547" s="5">
+        <v>1</v>
+      </c>
+      <c r="F547" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G547" s="9">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="548" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A548" s="4">
+        <v>1086</v>
+      </c>
+      <c r="B548" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C548" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="D548" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E548" s="5">
+        <v>1</v>
+      </c>
+      <c r="F548" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G548" s="9">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="549" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A549" s="4">
+        <v>1026</v>
+      </c>
+      <c r="B549" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C549" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="D549" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E549" s="5">
+        <v>1</v>
+      </c>
+      <c r="F549" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G549" s="9">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="550" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A550" s="4">
+        <v>975</v>
+      </c>
+      <c r="B550" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C550" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="D550" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E550" s="5">
+        <v>1</v>
+      </c>
+      <c r="F550" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G550" s="9">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="551" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A551" s="4">
+        <v>573</v>
+      </c>
+      <c r="B551" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C551" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="D551" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E551" s="5">
+        <v>1</v>
+      </c>
+      <c r="F551" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G551" s="9">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="552" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A552" s="4">
+        <v>951</v>
+      </c>
+      <c r="B552" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C552" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="D552" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E552" s="5">
+        <v>1</v>
+      </c>
+      <c r="F552" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G552" s="9">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="553" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A553" s="4">
+        <v>952</v>
+      </c>
+      <c r="B553" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C553" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="D553" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E553" s="5">
+        <v>1</v>
+      </c>
+      <c r="F553" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G553" s="9">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="554" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A554" s="4">
+        <v>334</v>
+      </c>
+      <c r="B554" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C554" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D554" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E554" s="5">
+        <v>1</v>
+      </c>
+      <c r="F554" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G554" s="9">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="555" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A555" s="4">
+        <v>649</v>
+      </c>
+      <c r="B555" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C555" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="D555" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E555" s="5">
+        <v>1</v>
+      </c>
+      <c r="F555" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G555" s="9">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="556" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A556" s="4">
+        <v>642</v>
+      </c>
+      <c r="B556" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C556" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="D556" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E556" s="5">
+        <v>1</v>
+      </c>
+      <c r="F556" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G556" s="9">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="557" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A557" s="4">
+        <v>696</v>
+      </c>
+      <c r="B557" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C557" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D557" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E557" s="5">
+        <v>1</v>
+      </c>
+      <c r="F557" s="8">
+        <v>1800</v>
+      </c>
+      <c r="G557" s="9">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="558" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A558" s="4">
+        <v>661</v>
+      </c>
+      <c r="B558" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C558" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="D558" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E558" s="5">
+        <v>1</v>
+      </c>
+      <c r="F558" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G558" s="9">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="559" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A559" s="4">
+        <v>535</v>
+      </c>
+      <c r="B559" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C559" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="D559" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E559" s="5">
+        <v>1</v>
+      </c>
+      <c r="F559" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G559" s="9">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="560" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A560" s="4">
+        <v>681</v>
+      </c>
+      <c r="B560" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C560" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="D560" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E560" s="5">
+        <v>1</v>
+      </c>
+      <c r="F560" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G560" s="9">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="561" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A561" s="4">
+        <v>682</v>
+      </c>
+      <c r="B561" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C561" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G1" s="4" t="s">
-[...10 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="D561" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E561" s="5">
+        <v>2</v>
+      </c>
+      <c r="F561" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G561" s="9">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="562" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A562" s="4">
+        <v>1041</v>
+      </c>
+      <c r="B562" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C562" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="D562" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E562" s="5">
+        <v>1</v>
+      </c>
+      <c r="F562" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G562" s="9">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="563" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A563" s="4">
+        <v>1042</v>
+      </c>
+      <c r="B563" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C563" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="D563" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E563" s="5">
+        <v>1</v>
+      </c>
+      <c r="F563" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G563" s="9">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="564" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A564" s="4">
+        <v>464</v>
+      </c>
+      <c r="B564" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C564" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="D564" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E564" s="5">
+        <v>1</v>
+      </c>
+      <c r="F564" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G564" s="9">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="565" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A565" s="4">
+        <v>1006</v>
+      </c>
+      <c r="B565" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C565" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="D565" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E565" s="5">
+        <v>1</v>
+      </c>
+      <c r="F565" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G565" s="9">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="566" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A566" s="4">
+        <v>655</v>
+      </c>
+      <c r="B566" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C566" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="D566" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E566" s="5">
+        <v>1</v>
+      </c>
+      <c r="F566" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G566" s="9">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="567" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A567" s="4">
+        <v>1011</v>
+      </c>
+      <c r="B567" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C567" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="D567" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E567" s="5">
+        <v>1</v>
+      </c>
+      <c r="F567" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G567" s="9">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="568" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A568" s="4">
+        <v>886</v>
+      </c>
+      <c r="B568" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C568" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="D568" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E568" s="5">
+        <v>1</v>
+      </c>
+      <c r="F568" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G568" s="9">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="569" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A569" s="4">
+        <v>1038</v>
+      </c>
+      <c r="B569" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C569" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="D569" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E569" s="5">
+        <v>1</v>
+      </c>
+      <c r="F569" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G569" s="9">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="570" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A570" s="4">
+        <v>881</v>
+      </c>
+      <c r="B570" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C570" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="D570" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E570" s="5">
+        <v>1</v>
+      </c>
+      <c r="F570" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G570" s="9">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="571" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A571" s="4">
+        <v>1097</v>
+      </c>
+      <c r="B571" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C571" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="D571" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E571" s="5">
+        <v>1</v>
+      </c>
+      <c r="F571" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G571" s="9">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="572" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A572" s="4">
+        <v>1098</v>
+      </c>
+      <c r="B572" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C572" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="D572" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E572" s="5">
+        <v>1</v>
+      </c>
+      <c r="F572" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G572" s="9">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="573" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A573" s="4">
+        <v>204</v>
+      </c>
+      <c r="B573" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C573" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D573" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E573" s="5">
+        <v>1</v>
+      </c>
+      <c r="F573" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G573" s="9">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="574" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A574" s="4">
+        <v>1033</v>
+      </c>
+      <c r="B574" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C574" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="D574" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E574" s="5">
+        <v>1</v>
+      </c>
+      <c r="F574" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G574" s="9">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="575" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A575" s="4">
+        <v>1032</v>
+      </c>
+      <c r="B575" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C575" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="D575" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E575" s="5">
+        <v>1</v>
+      </c>
+      <c r="F575" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G575" s="9">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="576" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A576" s="4">
+        <v>1040</v>
+      </c>
+      <c r="B576" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C576" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="D576" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E576" s="5">
+        <v>1</v>
+      </c>
+      <c r="F576" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G576" s="9">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="577" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A577" s="4">
+        <v>1052</v>
+      </c>
+      <c r="B577" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C577" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="D577" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E577" s="5">
+        <v>1</v>
+      </c>
+      <c r="F577" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G577" s="9">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="578" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A578" s="4">
+        <v>628</v>
+      </c>
+      <c r="B578" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C578" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D578" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E578" s="5">
+        <v>1</v>
+      </c>
+      <c r="F578" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G578" s="9">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="579" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A579" s="4">
+        <v>1051</v>
+      </c>
+      <c r="B579" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C579" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="D579" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E579" s="5">
+        <v>1</v>
+      </c>
+      <c r="F579" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G579" s="9">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="580" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A580" s="4">
+        <v>1055</v>
+      </c>
+      <c r="B580" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C580" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="D580" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E580" s="5">
+        <v>1</v>
+      </c>
+      <c r="F580" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G580" s="9">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="581" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A581" s="4">
+        <v>1053</v>
+      </c>
+      <c r="B581" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C581" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="D581" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E581" s="5">
+        <v>1</v>
+      </c>
+      <c r="F581" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G581" s="9">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="582" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A582" s="4">
+        <v>1037</v>
+      </c>
+      <c r="B582" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C582" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="D582" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E582" s="5">
+        <v>1</v>
+      </c>
+      <c r="F582" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G582" s="9">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="583" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A583" s="4">
+        <v>1102</v>
+      </c>
+      <c r="B583" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C583" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="D583" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E583" s="5">
+        <v>1</v>
+      </c>
+      <c r="F583" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G583" s="9">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="584" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A584" s="4">
+        <v>529</v>
+      </c>
+      <c r="B584" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C584" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="D584" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E584" s="5">
+        <v>1</v>
+      </c>
+      <c r="F584" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G584" s="9">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="585" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A585" s="4">
+        <v>1100</v>
+      </c>
+      <c r="B585" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C585" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="D585" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E585" s="5">
+        <v>1</v>
+      </c>
+      <c r="F585" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G585" s="9">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="586" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A586" s="4">
+        <v>639</v>
+      </c>
+      <c r="B586" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C586" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="D586" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E586" s="5">
+        <v>1</v>
+      </c>
+      <c r="F586" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G586" s="9">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="587" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A587" s="4">
+        <v>1094</v>
+      </c>
+      <c r="B587" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C587" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="D587" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E587" s="5">
+        <v>1</v>
+      </c>
+      <c r="F587" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G587" s="9">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="588" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A588" s="4">
+        <v>711</v>
+      </c>
+      <c r="B588" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C588" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="D588" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E588" s="5">
+        <v>1</v>
+      </c>
+      <c r="F588" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G588" s="9">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="589" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A589" s="4">
+        <v>1096</v>
+      </c>
+      <c r="B589" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C589" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="D589" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E589" s="5">
+        <v>1</v>
+      </c>
+      <c r="F589" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G589" s="9">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="590" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A590" s="4">
+        <v>712</v>
+      </c>
+      <c r="B590" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C590" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="D590" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E590" s="5">
+        <v>1</v>
+      </c>
+      <c r="F590" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G590" s="9">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="591" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A591" s="4">
+        <v>112</v>
+      </c>
+      <c r="B591" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C591" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D591" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E591" s="5">
+        <v>1</v>
+      </c>
+      <c r="F591" s="8">
+        <v>6000</v>
+      </c>
+      <c r="G591" s="9">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="592" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A592" s="4">
+        <v>895</v>
+      </c>
+      <c r="B592" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C592" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="D592" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E592" s="5">
+        <v>1</v>
+      </c>
+      <c r="F592" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G592" s="9">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="593" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A593" s="4">
+        <v>863</v>
+      </c>
+      <c r="B593" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C593" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="D593" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E593" s="5">
+        <v>1</v>
+      </c>
+      <c r="F593" s="8">
+        <v>6500</v>
+      </c>
+      <c r="G593" s="9">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="594" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A594" s="4">
+        <v>408</v>
+      </c>
+      <c r="B594" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C594" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="D594" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E594" s="5">
+        <v>1</v>
+      </c>
+      <c r="F594" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G594" s="9">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="595" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A595" s="4">
+        <v>716</v>
+      </c>
+      <c r="B595" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C595" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="D595" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E595" s="5">
+        <v>1</v>
+      </c>
+      <c r="F595" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G595" s="9">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="596" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A596" s="4">
+        <v>709</v>
+      </c>
+      <c r="B596" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C596" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="D596" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E596" s="5">
+        <v>1</v>
+      </c>
+      <c r="F596" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G596" s="9">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="597" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A597" s="4">
+        <v>1099</v>
+      </c>
+      <c r="B597" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C597" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="D597" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E597" s="5">
+        <v>1</v>
+      </c>
+      <c r="F597" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G597" s="9">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="598" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A598" s="4">
+        <v>281</v>
+      </c>
+      <c r="B598" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C598" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="D598" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="E598" s="5">
+        <v>1</v>
+      </c>
+      <c r="F598" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G598" s="9">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="599" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A599" s="4">
+        <v>314</v>
+      </c>
+      <c r="B599" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C599" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="D599" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="E599" s="5">
+        <v>1</v>
+      </c>
+      <c r="F599" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G599" s="9">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="600" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A600" s="4">
+        <v>549</v>
+      </c>
+      <c r="B600" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C600" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="D600" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E600" s="5">
+        <v>1</v>
+      </c>
+      <c r="F600" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G600" s="9">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="601" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A601" s="4">
+        <v>205</v>
+      </c>
+      <c r="B601" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C601" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D601" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E601" s="5">
+        <v>1</v>
+      </c>
+      <c r="F601" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G601" s="9">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="602" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A602" s="4">
+        <v>206</v>
+      </c>
+      <c r="B602" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C602" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D602" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E602" s="5">
+        <v>1</v>
+      </c>
+      <c r="F602" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G602" s="9">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="603" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A603" s="4">
+        <v>203</v>
+      </c>
+      <c r="B603" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C603" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D603" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E603" s="5">
+        <v>1</v>
+      </c>
+      <c r="F603" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G603" s="9">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="604" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A604" s="4">
+        <v>1101</v>
+      </c>
+      <c r="B604" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C604" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="D604" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E604" s="5">
+        <v>1</v>
+      </c>
+      <c r="F604" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G604" s="9">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="605" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A605" s="4">
+        <v>1095</v>
+      </c>
+      <c r="B605" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C605" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="D605" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E605" s="5">
+        <v>1</v>
+      </c>
+      <c r="F605" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G605" s="9">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="606" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A606" s="4">
+        <v>352</v>
+      </c>
+      <c r="B606" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C606" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="D606" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E606" s="5">
+        <v>1</v>
+      </c>
+      <c r="F606" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G606" s="9">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A607" s="4">
+        <v>370</v>
+      </c>
+      <c r="B607" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C607" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="D607" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E607" s="5">
+        <v>1</v>
+      </c>
+      <c r="F607" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G607" s="9">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="608" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A608" s="4">
+        <v>963</v>
+      </c>
+      <c r="B608" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C608" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="D608" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E608" s="5">
+        <v>1</v>
+      </c>
+      <c r="F608" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G608" s="9">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="609" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A609" s="4">
+        <v>964</v>
+      </c>
+      <c r="B609" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C609" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="D609" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E609" s="5">
+        <v>1</v>
+      </c>
+      <c r="F609" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G609" s="9">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="610" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A610" s="4">
+        <v>1048</v>
+      </c>
+      <c r="B610" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C610" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="D610" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E610" s="5">
+        <v>1</v>
+      </c>
+      <c r="F610" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G610" s="9">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="611" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A611" s="4">
+        <v>677</v>
+      </c>
+      <c r="B611" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C611" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="D611" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E611" s="5">
+        <v>1</v>
+      </c>
+      <c r="F611" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G611" s="9">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="612" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A612" s="4">
+        <v>1035</v>
+      </c>
+      <c r="B612" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C612" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="D612" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E612" s="5">
+        <v>1</v>
+      </c>
+      <c r="F612" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G612" s="9">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="613" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A613" s="4">
+        <v>1025</v>
+      </c>
+      <c r="B613" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C613" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="D613" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E613" s="5">
+        <v>1</v>
+      </c>
+      <c r="F613" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G613" s="9">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="614" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A614" s="4">
+        <v>700</v>
+      </c>
+      <c r="B614" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C614" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D614" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E614" s="5">
+        <v>1</v>
+      </c>
+      <c r="F614" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G614" s="9">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="615" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A615" s="4">
+        <v>678</v>
+      </c>
+      <c r="B615" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C615" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="D615" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E615" s="5">
+        <v>1</v>
+      </c>
+      <c r="F615" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G615" s="9">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="616" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A616" s="4">
+        <v>302</v>
+      </c>
+      <c r="B616" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C616" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="D616" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E616" s="5">
+        <v>1</v>
+      </c>
+      <c r="F616" s="8">
+        <v>1200</v>
+      </c>
+      <c r="G616" s="9">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="617" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A617" s="4">
+        <v>657</v>
+      </c>
+      <c r="B617" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C617" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="D617" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E617" s="5">
+        <v>1</v>
+      </c>
+      <c r="F617" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G617" s="9">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A618" s="4">
+        <v>704</v>
+      </c>
+      <c r="B618" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C618" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="D618" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E618" s="5">
+        <v>1</v>
+      </c>
+      <c r="F618" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G618" s="9">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A619" s="4">
+        <v>804</v>
+      </c>
+      <c r="B619" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C619" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="D619" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E619" s="5">
+        <v>1</v>
+      </c>
+      <c r="F619" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G619" s="9">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="620" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A620" s="4">
+        <v>348</v>
+      </c>
+      <c r="B620" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C620" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="D620" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E620" s="5">
+        <v>1</v>
+      </c>
+      <c r="F620" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G620" s="9">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="621" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A621" s="4">
+        <v>1085</v>
+      </c>
+      <c r="B621" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C621" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="D621" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E621" s="5">
+        <v>1</v>
+      </c>
+      <c r="F621" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G621" s="9">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="622" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A622" s="4">
+        <v>154</v>
+      </c>
+      <c r="B622" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C622" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="D622" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E622" s="5">
+        <v>1</v>
+      </c>
+      <c r="F622" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G622" s="9">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="623" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A623" s="4">
+        <v>887</v>
+      </c>
+      <c r="B623" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="D623" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E623" s="5">
+        <v>1</v>
+      </c>
+      <c r="F623" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G623" s="9">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="624" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A624" s="4">
+        <v>880</v>
+      </c>
+      <c r="B624" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C624" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="D624" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E624" s="5">
+        <v>1</v>
+      </c>
+      <c r="F624" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G624" s="9">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="625" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A625" s="4">
+        <v>279</v>
+      </c>
+      <c r="B625" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="D625" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E625" s="5">
+        <v>1</v>
+      </c>
+      <c r="F625" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G625" s="9">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A626" s="4">
+        <v>478</v>
+      </c>
+      <c r="B626" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="D626" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E626" s="5">
+        <v>1</v>
+      </c>
+      <c r="F626" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G626" s="9">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="627" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A627" s="4">
+        <v>488</v>
+      </c>
+      <c r="B627" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="D627" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E627" s="5">
+        <v>1</v>
+      </c>
+      <c r="F627" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G627" s="9">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="628" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A628" s="4">
+        <v>491</v>
+      </c>
+      <c r="B628" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="D628" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="E628" s="5">
+        <v>1</v>
+      </c>
+      <c r="F628" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G628" s="9">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="629" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A629" s="4">
+        <v>496</v>
+      </c>
+      <c r="B629" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C629" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="D629" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E629" s="5">
+        <v>1</v>
+      </c>
+      <c r="F629" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G629" s="9">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="630" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A630" s="4">
+        <v>1046</v>
+      </c>
+      <c r="B630" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C630" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="D630" s="7" t="s">
+        <v>597</v>
+      </c>
+      <c r="E630" s="5">
+        <v>1</v>
+      </c>
+      <c r="F630" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G630" s="9">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="631" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A631" s="4">
+        <v>211</v>
+      </c>
+      <c r="B631" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C631" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D631" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E631" s="5">
+        <v>1</v>
+      </c>
+      <c r="F631" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G631" s="9">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="632" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A632" s="4">
+        <v>489</v>
+      </c>
+      <c r="B632" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C632" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="D632" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E632" s="5">
+        <v>1</v>
+      </c>
+      <c r="F632" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G632" s="9">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="633" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A633" s="4">
+        <v>202</v>
+      </c>
+      <c r="B633" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C633" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D633" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E633" s="5">
+        <v>1</v>
+      </c>
+      <c r="F633" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G633" s="9">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="634" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A634" s="4">
+        <v>793</v>
+      </c>
+      <c r="B634" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C634" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="D634" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E634" s="5">
+        <v>1</v>
+      </c>
+      <c r="F634" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G634" s="9">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="635" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A635" s="4">
+        <v>871</v>
+      </c>
+      <c r="B635" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C635" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="D635" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="5" t="s">
+      <c r="E635" s="5">
+        <v>1</v>
+      </c>
+      <c r="F635" s="8">
+        <v>32000</v>
+      </c>
+      <c r="G635" s="9">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A636" s="4">
+        <v>80</v>
+      </c>
+      <c r="B636" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C636" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D636" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E636" s="5">
+        <v>1</v>
+      </c>
+      <c r="F636" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G636" s="9">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="637" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A637" s="4">
+        <v>838</v>
+      </c>
+      <c r="B637" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C637" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="D637" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E637" s="5">
+        <v>1</v>
+      </c>
+      <c r="F637" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G637" s="9">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="638" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A638" s="4">
+        <v>69</v>
+      </c>
+      <c r="B638" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C638" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D638" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="G2" s="6">
-[...22 lines deleted...]
-      <c r="G3" s="6">
+      <c r="E638" s="5">
+        <v>1</v>
+      </c>
+      <c r="F638" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G638" s="9">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A639" s="4">
+        <v>1044</v>
+      </c>
+      <c r="B639" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C639" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="D639" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E639" s="5">
+        <v>1</v>
+      </c>
+      <c r="F639" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G639" s="9">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A640" s="4">
+        <v>1045</v>
+      </c>
+      <c r="B640" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C640" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="D640" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E640" s="5">
+        <v>1</v>
+      </c>
+      <c r="F640" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G640" s="9">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="641" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A641" s="4">
+        <v>85</v>
+      </c>
+      <c r="B641" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C641" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D641" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E641" s="5">
+        <v>1</v>
+      </c>
+      <c r="F641" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G641" s="9">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A642" s="4">
+        <v>284</v>
+      </c>
+      <c r="B642" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C642" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D642" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E642" s="5">
+        <v>1</v>
+      </c>
+      <c r="F642" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G642" s="9">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A643" s="4">
+        <v>262</v>
+      </c>
+      <c r="B643" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C643" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="D643" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E643" s="5">
+        <v>1</v>
+      </c>
+      <c r="F643" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G643" s="9">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A644" s="4">
+        <v>295</v>
+      </c>
+      <c r="B644" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C644" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D644" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E644" s="5">
+        <v>1</v>
+      </c>
+      <c r="F644" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G644" s="9">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A645" s="4">
+        <v>290</v>
+      </c>
+      <c r="B645" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C645" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="D645" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E645" s="5">
+        <v>1</v>
+      </c>
+      <c r="F645" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G645" s="9">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="646" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A646" s="4">
+        <v>288</v>
+      </c>
+      <c r="B646" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C646" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="D646" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E646" s="5">
+        <v>1</v>
+      </c>
+      <c r="F646" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G646" s="9">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="647" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A647" s="4">
+        <v>287</v>
+      </c>
+      <c r="B647" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C647" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D647" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E647" s="5">
+        <v>1</v>
+      </c>
+      <c r="F647" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G647" s="9">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="648" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A648" s="4">
+        <v>74</v>
+      </c>
+      <c r="B648" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C648" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D648" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E648" s="5">
+        <v>1</v>
+      </c>
+      <c r="F648" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G648" s="9">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="649" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A649" s="4">
+        <v>75</v>
+      </c>
+      <c r="B649" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C649" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D649" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E649" s="5">
+        <v>1</v>
+      </c>
+      <c r="F649" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G649" s="9">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="650" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A650" s="4">
+        <v>236</v>
+      </c>
+      <c r="B650" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C650" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="D650" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E650" s="5">
+        <v>1</v>
+      </c>
+      <c r="F650" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G650" s="9">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="651" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A651" s="4">
+        <v>238</v>
+      </c>
+      <c r="B651" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C651" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="D651" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E651" s="5">
+        <v>1</v>
+      </c>
+      <c r="F651" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G651" s="9">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="652" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A652" s="4">
+        <v>580</v>
+      </c>
+      <c r="B652" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C652" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="D652" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E652" s="5">
+        <v>1</v>
+      </c>
+      <c r="F652" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G652" s="9">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="653" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A653" s="4">
+        <v>586</v>
+      </c>
+      <c r="B653" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C653" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="D653" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E653" s="5">
+        <v>1</v>
+      </c>
+      <c r="F653" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G653" s="9">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="654" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A654" s="4">
+        <v>86</v>
+      </c>
+      <c r="B654" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C654" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D654" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E654" s="5">
+        <v>1</v>
+      </c>
+      <c r="F654" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G654" s="9">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="655" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A655" s="4">
+        <v>260</v>
+      </c>
+      <c r="B655" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C655" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="D655" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E655" s="5">
+        <v>1</v>
+      </c>
+      <c r="F655" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G655" s="9">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="656" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A656" s="4">
+        <v>774</v>
+      </c>
+      <c r="B656" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C656" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="D656" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E656" s="5">
+        <v>1</v>
+      </c>
+      <c r="F656" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G656" s="9">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="657" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A657" s="4">
+        <v>760</v>
+      </c>
+      <c r="B657" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C657" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="D657" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E657" s="5">
+        <v>1</v>
+      </c>
+      <c r="F657" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G657" s="9">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="658" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A658" s="4">
+        <v>587</v>
+      </c>
+      <c r="B658" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C658" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="D658" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E658" s="5">
+        <v>1</v>
+      </c>
+      <c r="F658" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G658" s="9">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="659" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A659" s="4">
+        <v>77</v>
+      </c>
+      <c r="B659" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C659" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D659" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E659" s="5">
+        <v>1</v>
+      </c>
+      <c r="F659" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G659" s="9">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="660" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A660" s="4">
+        <v>772</v>
+      </c>
+      <c r="B660" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C660" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D660" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E660" s="5">
+        <v>1</v>
+      </c>
+      <c r="F660" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G660" s="9">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="661" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A661" s="4">
+        <v>289</v>
+      </c>
+      <c r="B661" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C661" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="D661" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E661" s="5">
+        <v>1</v>
+      </c>
+      <c r="F661" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G661" s="9">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="662" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A662" s="4">
+        <v>270</v>
+      </c>
+      <c r="B662" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C662" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="D662" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E662" s="5">
+        <v>1</v>
+      </c>
+      <c r="F662" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G662" s="9">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="663" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A663" s="4">
+        <v>500</v>
+      </c>
+      <c r="B663" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C663" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="D663" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E663" s="5">
+        <v>1</v>
+      </c>
+      <c r="F663" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G663" s="9">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="664" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A664" s="4">
+        <v>583</v>
+      </c>
+      <c r="B664" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C664" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="D664" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E664" s="5">
+        <v>1</v>
+      </c>
+      <c r="F664" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G664" s="9">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="665" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A665" s="4">
+        <v>581</v>
+      </c>
+      <c r="B665" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C665" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="D665" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E665" s="5">
+        <v>1</v>
+      </c>
+      <c r="F665" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G665" s="9">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="666" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A666" s="4">
+        <v>296</v>
+      </c>
+      <c r="B666" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C666" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="D666" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E666" s="5">
+        <v>1</v>
+      </c>
+      <c r="F666" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G666" s="9">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="667" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A667" s="4">
+        <v>1008</v>
+      </c>
+      <c r="B667" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C667" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="D667" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E667" s="5">
+        <v>1</v>
+      </c>
+      <c r="F667" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G667" s="9">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="668" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A668" s="4">
+        <v>715</v>
+      </c>
+      <c r="B668" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C668" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="D668" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E668" s="5">
+        <v>1</v>
+      </c>
+      <c r="F668" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G668" s="9">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="669" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A669" s="4">
+        <v>487</v>
+      </c>
+      <c r="B669" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C669" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="D669" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E669" s="5">
+        <v>1</v>
+      </c>
+      <c r="F669" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G669" s="9">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="670" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A670" s="4">
+        <v>28</v>
+      </c>
+      <c r="B670" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C670" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D670" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E670" s="5">
+        <v>1</v>
+      </c>
+      <c r="F670" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G670" s="9">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="671" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A671" s="4">
+        <v>78</v>
+      </c>
+      <c r="B671" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C671" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D671" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E671" s="5">
+        <v>1</v>
+      </c>
+      <c r="F671" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G671" s="9">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="672" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A672" s="4">
+        <v>297</v>
+      </c>
+      <c r="B672" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C672" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D672" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E672" s="5">
+        <v>1</v>
+      </c>
+      <c r="F672" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G672" s="9">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="673" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A673" s="4">
+        <v>298</v>
+      </c>
+      <c r="B673" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C673" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D673" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E673" s="5">
+        <v>1</v>
+      </c>
+      <c r="F673" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G673" s="9">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="674" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A674" s="4">
+        <v>292</v>
+      </c>
+      <c r="B674" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C674" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="D674" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E674" s="5">
+        <v>1</v>
+      </c>
+      <c r="F674" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G674" s="9">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="675" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A675" s="4">
+        <v>271</v>
+      </c>
+      <c r="B675" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C675" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="D675" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E675" s="5">
+        <v>1</v>
+      </c>
+      <c r="F675" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G675" s="9">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="676" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A676" s="4">
+        <v>834</v>
+      </c>
+      <c r="B676" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C676" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="D676" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E676" s="5">
+        <v>1</v>
+      </c>
+      <c r="F676" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G676" s="9">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="677" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A677" s="4">
+        <v>839</v>
+      </c>
+      <c r="B677" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C677" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="D677" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E677" s="5">
+        <v>1</v>
+      </c>
+      <c r="F677" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G677" s="9">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="678" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A678" s="4">
+        <v>79</v>
+      </c>
+      <c r="B678" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C678" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D678" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E678" s="5">
+        <v>1</v>
+      </c>
+      <c r="F678" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G678" s="9">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="679" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A679" s="4">
+        <v>837</v>
+      </c>
+      <c r="B679" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C679" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D679" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E679" s="5">
+        <v>1</v>
+      </c>
+      <c r="F679" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G679" s="9">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="680" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A680" s="4">
+        <v>34</v>
+      </c>
+      <c r="B680" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C680" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D680" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E680" s="5">
+        <v>1</v>
+      </c>
+      <c r="F680" s="8">
+        <v>4000</v>
+      </c>
+      <c r="G680" s="9">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="681" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A681" s="4">
+        <v>234</v>
+      </c>
+      <c r="B681" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C681" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D681" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E681" s="5">
+        <v>1</v>
+      </c>
+      <c r="F681" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G681" s="9">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="682" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A682" s="4">
+        <v>578</v>
+      </c>
+      <c r="B682" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C682" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="D682" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E682" s="5">
+        <v>1</v>
+      </c>
+      <c r="F682" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G682" s="9">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="683" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A683" s="4">
+        <v>911</v>
+      </c>
+      <c r="B683" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C683" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="D683" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E683" s="5">
+        <v>1</v>
+      </c>
+      <c r="F683" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G683" s="9">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="684" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A684" s="4">
+        <v>83</v>
+      </c>
+      <c r="B684" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C684" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D684" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E684" s="5">
+        <v>1</v>
+      </c>
+      <c r="F684" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G684" s="9">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="685" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A685" s="4">
+        <v>286</v>
+      </c>
+      <c r="B685" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C685" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D685" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E685" s="5">
+        <v>1</v>
+      </c>
+      <c r="F685" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G685" s="9">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="686" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A686" s="4">
+        <v>67</v>
+      </c>
+      <c r="B686" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C686" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D686" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E686" s="5">
+        <v>1</v>
+      </c>
+      <c r="F686" s="8">
+        <v>5500</v>
+      </c>
+      <c r="G686" s="9">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="687" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A687" s="4">
+        <v>84</v>
+      </c>
+      <c r="B687" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C687" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D687" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E687" s="5">
+        <v>1</v>
+      </c>
+      <c r="F687" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G687" s="9">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="688" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A688" s="4">
+        <v>584</v>
+      </c>
+      <c r="B688" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C688" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="D688" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E688" s="5">
+        <v>1</v>
+      </c>
+      <c r="F688" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G688" s="9">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="689" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A689" s="4">
+        <v>585</v>
+      </c>
+      <c r="B689" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C689" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="D689" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E689" s="5">
+        <v>1</v>
+      </c>
+      <c r="F689" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G689" s="9">
         <v>1002</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D4" s="2" t="s">
+    <row r="690" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A690" s="4">
+        <v>300</v>
+      </c>
+      <c r="B690" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C690" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="D690" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="3">
-[...10 lines deleted...]
-      <c r="A5" s="7">
+      <c r="E690" s="5">
+        <v>1</v>
+      </c>
+      <c r="F690" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G690" s="9">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="691" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A691" s="4">
+        <v>577</v>
+      </c>
+      <c r="B691" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...48 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="C691" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="D691" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E691" s="5">
+        <v>1</v>
+      </c>
+      <c r="F691" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G691" s="9">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="692" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A692" s="4">
+        <v>833</v>
+      </c>
+      <c r="B692" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C692" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D692" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" s="2" t="s">
-[...36 lines deleted...]
-      <c r="A9" s="7">
+      <c r="E692" s="5">
+        <v>1</v>
+      </c>
+      <c r="F692" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G692" s="9">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="693" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A693" s="4">
+        <v>232</v>
+      </c>
+      <c r="B693" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C693" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D693" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...209 lines deleted...]
-      <c r="C18" s="1" t="s">
+      <c r="E693" s="5">
+        <v>1</v>
+      </c>
+      <c r="F693" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G693" s="9">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="694" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A694" s="4">
+        <v>912</v>
+      </c>
+      <c r="B694" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="D694" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E694" s="5">
+        <v>1</v>
+      </c>
+      <c r="F694" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G694" s="9">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="695" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A695" s="4">
+        <v>89</v>
+      </c>
+      <c r="B695" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C695" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D695" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E695" s="5">
+        <v>1</v>
+      </c>
+      <c r="F695" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G695" s="9">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="696" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A696" s="4">
+        <v>831</v>
+      </c>
+      <c r="B696" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C696" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="D696" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E696" s="5">
+        <v>1</v>
+      </c>
+      <c r="F696" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G696" s="9">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="697" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A697" s="4">
+        <v>784</v>
+      </c>
+      <c r="B697" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C697" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="D697" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E697" s="5">
+        <v>1</v>
+      </c>
+      <c r="F697" s="8">
+        <v>2000</v>
+      </c>
+      <c r="G697" s="9">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="698" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A698" s="4">
+        <v>829</v>
+      </c>
+      <c r="B698" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C698" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="D698" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E698" s="5">
+        <v>1</v>
+      </c>
+      <c r="F698" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G698" s="9">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="699" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A699" s="4">
+        <v>785</v>
+      </c>
+      <c r="B699" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C699" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="D699" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E699" s="5">
+        <v>1</v>
+      </c>
+      <c r="F699" s="8">
+        <v>1200</v>
+      </c>
+      <c r="G699" s="9">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="700" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A700" s="4">
+        <v>830</v>
+      </c>
+      <c r="B700" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C700" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="D700" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E700" s="5">
+        <v>1</v>
+      </c>
+      <c r="F700" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G700" s="9">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="701" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A701" s="4">
+        <v>495</v>
+      </c>
+      <c r="B701" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="D701" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E701" s="5">
+        <v>1</v>
+      </c>
+      <c r="F701" s="8">
+        <v>4500</v>
+      </c>
+      <c r="G701" s="9">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="702" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A702" s="4">
+        <v>836</v>
+      </c>
+      <c r="B702" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="D702" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E702" s="5">
+        <v>1</v>
+      </c>
+      <c r="F702" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G702" s="9">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="703" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A703" s="4">
+        <v>835</v>
+      </c>
+      <c r="B703" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C703" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="D703" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E703" s="5">
+        <v>1</v>
+      </c>
+      <c r="F703" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G703" s="9">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="704" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A704" s="4">
+        <v>786</v>
+      </c>
+      <c r="B704" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C704" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="D704" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E704" s="5">
+        <v>1</v>
+      </c>
+      <c r="F704" s="8">
+        <v>1200</v>
+      </c>
+      <c r="G704" s="9">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="705" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A705" s="4">
+        <v>201</v>
+      </c>
+      <c r="B705" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C705" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D705" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E705" s="5">
+        <v>1</v>
+      </c>
+      <c r="F705" s="8">
+        <v>5000</v>
+      </c>
+      <c r="G705" s="9">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="706" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A706" s="4">
+        <v>840</v>
+      </c>
+      <c r="B706" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C706" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="D706" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E706" s="5">
+        <v>1</v>
+      </c>
+      <c r="F706" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G706" s="9">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="707" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A707" s="4">
+        <v>832</v>
+      </c>
+      <c r="B707" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C707" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="D707" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E707" s="5">
+        <v>1</v>
+      </c>
+      <c r="F707" s="8">
+        <v>1000</v>
+      </c>
+      <c r="G707" s="9">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="708" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A708" s="4">
+        <v>207</v>
+      </c>
+      <c r="B708" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C708" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="D708" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E708" s="5">
+        <v>1</v>
+      </c>
+      <c r="F708" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G708" s="9">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A709" s="4">
+        <v>504</v>
+      </c>
+      <c r="B709" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C709" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="D709" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E709" s="5">
+        <v>1</v>
+      </c>
+      <c r="F709" s="8">
+        <v>1500</v>
+      </c>
+      <c r="G709" s="9">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A710" s="4">
+        <v>208</v>
+      </c>
+      <c r="B710" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C710" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D710" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E710" s="5">
+        <v>1</v>
+      </c>
+      <c r="F710" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G710" s="9">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="711" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A711" s="4">
+        <v>71</v>
+      </c>
+      <c r="B711" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C711" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D711" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E711" s="5">
+        <v>1</v>
+      </c>
+      <c r="F711" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G711" s="9">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="712" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A712" s="4">
+        <v>268</v>
+      </c>
+      <c r="B712" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C712" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D712" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E712" s="5">
+        <v>1</v>
+      </c>
+      <c r="F712" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G712" s="9">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="713" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A713" s="4">
+        <v>494</v>
+      </c>
+      <c r="B713" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C713" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="D713" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E713" s="5">
+        <v>1</v>
+      </c>
+      <c r="F713" s="8">
+        <v>2500</v>
+      </c>
+      <c r="G713" s="9">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="714" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A714" s="4">
+        <v>70</v>
+      </c>
+      <c r="B714" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C714" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D714" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E18" s="3">
-[...42 lines deleted...]
-      <c r="D20" s="2" t="s">
+      <c r="E714" s="5">
+        <v>1</v>
+      </c>
+      <c r="F714" s="8">
+        <v>3500</v>
+      </c>
+      <c r="G714" s="9">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="715" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A715" s="4">
+        <v>235</v>
+      </c>
+      <c r="B715" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C715" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D715" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E20" s="3">
-[...14864 lines deleted...]
-        <v>46</v>
+      <c r="E715" s="5">
+        <v>1</v>
+      </c>
+      <c r="F715" s="8">
+        <v>3000</v>
+      </c>
+      <c r="G715" s="9">
+        <v>1007</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:G666"/>
-[...1 lines deleted...]
-    <sortCondition ref="H2:H2089"/>
+  <autoFilter ref="A1:G715">
+    <sortState ref="A2:G715">
+      <sortCondition ref="B2:B715"/>
+      <sortCondition ref="D2:D715"/>
+      <sortCondition ref="C2:C715"/>
+    </sortState>
+  </autoFilter>
+  <sortState ref="A2:G1127">
+    <sortCondition ref="B2:B1127"/>
+    <sortCondition ref="D2:D1127"/>
+    <sortCondition ref="C2:C1127"/>
   </sortState>
-  <conditionalFormatting sqref="E2:E666">
-    <cfRule type="cellIs" dxfId="0" priority="2" operator="equal">
+  <conditionalFormatting sqref="E2:E31">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...1 lines deleted...]
-  <drawing r:id="rId2"/>
+  <conditionalFormatting sqref="E32:E715">
+    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>VinylWarehouse</vt:lpstr>
+      <vt:lpstr>VinylWareHouse</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tihanyi János Gábor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>