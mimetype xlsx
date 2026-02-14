--- v1 (2025-11-30)
+++ v2 (2026-02-14)
@@ -1,92 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user2352\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11835"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435"/>
   </bookViews>
   <sheets>
-    <sheet name="VinylWareHouse" sheetId="2" r:id="rId1"/>
+    <sheet name="VinylWareHouse 202602" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">VinylWareHouse!$A$1:$G$715</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'VinylWareHouse 202602'!$A$1:$G$798</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2149" uniqueCount="704">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2398" uniqueCount="779">
   <si>
     <t>TDK FE60 FERRIC bontatlan</t>
   </si>
   <si>
     <t>Other Flea</t>
   </si>
   <si>
     <t>Műszaki cikk / Technical goods</t>
   </si>
   <si>
     <t>Z'Zi Labor – Popmenyecskék</t>
   </si>
   <si>
     <t>Vinyl Long Play</t>
   </si>
   <si>
-    <t>Sláger - magyar/hungarian</t>
-[...1 lines deleted...]
-  <si>
     <t>Ganxsta Zolee És A Kartel – Becsületkódex</t>
   </si>
   <si>
     <t>CD&amp;DVD</t>
   </si>
   <si>
     <t>HipHop/Rap</t>
   </si>
   <si>
     <t>Grand Magony Orchestra – Bear Dance</t>
   </si>
   <si>
     <t>Népzene/Folk/WorldMusic</t>
   </si>
   <si>
     <t>Moby Dick – Fejfa Helyett</t>
   </si>
   <si>
     <t>Heavy Metal</t>
   </si>
   <si>
     <t>Vakvágány - Vakvágány</t>
   </si>
   <si>
     <t>Bordi Aranka – Barackfa Virága</t>
@@ -205,53 +203,50 @@
   <si>
     <t>Molly Hatchet – Flirtin' With Disaster</t>
   </si>
   <si>
     <t>Downliners Sect – Live In The 80's Clear Vinyl</t>
   </si>
   <si>
     <t>Mike Oldfield – Discovery</t>
   </si>
   <si>
     <t>Yardbirds – Spotlight On The Yardbirds</t>
   </si>
   <si>
     <t>Skorpió – Hosszú Az Út / Szevasz, Haver</t>
   </si>
   <si>
     <t>Csiszér Anna – Gyímesí Csángó Népdalok / Csiki Népdalcsokor</t>
   </si>
   <si>
     <t>Spenót – Samba / Hová Tűntek A Szőke Nők</t>
   </si>
   <si>
     <t>Új hullám/New Wave</t>
   </si>
   <si>
-    <t>GM49 – Kötöde</t>
-[...1 lines deleted...]
-  <si>
     <t>Diktátor – Animal Metal</t>
   </si>
   <si>
     <t>Atlantis Együttes ‎– Atlantis Együttes</t>
   </si>
   <si>
     <t>Atlantis Együttes – Atlantis Együttes</t>
   </si>
   <si>
     <t>Illés Együttes – Tudod-e Te Kislány / Gondolj Néha Rám</t>
   </si>
   <si>
     <t>Óceán – Szabadon Szeretni</t>
   </si>
   <si>
     <t>Pandora's Box – Halálkatlan / A Bolond</t>
   </si>
   <si>
     <t>Santana – Samba Pa Ti</t>
   </si>
   <si>
     <t>Mainstream rock</t>
   </si>
   <si>
     <t>Rockwell – Egy Màsik Vilàg / Utazás Maryvel</t>
@@ -280,53 +275,50 @@
   <si>
     <t>Republic – Én Vagyok A Világ</t>
   </si>
   <si>
     <t>Velvet Revolver – Libertad</t>
   </si>
   <si>
     <t>Csík Zenekar – SzívestÖRÖMest 2009 - Óévbúcsúztató Koncert</t>
   </si>
   <si>
     <t>Csík Zenekar – Amit Szívedbe Rejtesz</t>
   </si>
   <si>
     <t>Ákos – Hűség</t>
   </si>
   <si>
     <t>Majsai Gábor – Swing És A Boogie</t>
   </si>
   <si>
     <t>Új Beatrice – Ki Viszi Át?</t>
   </si>
   <si>
     <t>Rod Stewart - Las Vegas Collection</t>
   </si>
   <si>
-    <t>Sláger - nemzetközi/international</t>
-[...1 lines deleted...]
-  <si>
     <t>Zalatnay Sarolta ‎– Ave Maria</t>
   </si>
   <si>
     <t>The Kinks</t>
   </si>
   <si>
     <t>The Pretty Things – Live At Heartbreak Hotel</t>
   </si>
   <si>
     <t>Peter Green – Whatcha Gonna Do?</t>
   </si>
   <si>
     <t>John Entwistle – Too Late The Hero</t>
   </si>
   <si>
     <t>Spencer Davis – Crossfire</t>
   </si>
   <si>
     <t>Wishbone Ash – Front Page News</t>
   </si>
   <si>
     <t>Alexis Korner – Juvenile Delinquent</t>
   </si>
   <si>
     <t>The Nashville Teens – Live At The Red House</t>
@@ -334,152 +326,137 @@
   <si>
     <t>Wishbone Ash – No Smoke Without Fire</t>
   </si>
   <si>
     <t>Grundig hordozható CD-lejátszó</t>
   </si>
   <si>
     <t>Guns N' Roses – G N' R Lies</t>
   </si>
   <si>
     <t>Hard Rock</t>
   </si>
   <si>
     <t>Pink Floyd – Obscured By Clouds (Music From La Vallée)</t>
   </si>
   <si>
     <t>Skorpió – Gyere Velem!</t>
   </si>
   <si>
     <t>Locomotiv GT. – X</t>
   </si>
   <si>
     <t>Locomotiv GT – Locomotiv GT</t>
   </si>
   <si>
-    <t>Omega – XI.</t>
-[...1 lines deleted...]
-  <si>
     <t>Varga Vilmos – Válogatás Varga Vilmos Ady Című Előadó-estjéből</t>
   </si>
   <si>
     <t>Színház - irodalom - vers / Theatre - Spoken</t>
   </si>
   <si>
     <t>Fazakas István – Fazakas István</t>
   </si>
   <si>
     <t>Michael Jackson ‎– Dangerous</t>
   </si>
   <si>
     <t>Muddy Waters - Fathers And Sons</t>
   </si>
   <si>
     <t>Blood, Sweat &amp; Tears – B, S &amp; T; 4</t>
   </si>
   <si>
     <t>Jazzrock</t>
   </si>
   <si>
     <t>Tomita – Pictures At An Exhibition</t>
   </si>
   <si>
     <t>Elektronikus/Szintetizátor/Synth</t>
   </si>
   <si>
     <t>Crack Orchestra – Crack Orchestra</t>
   </si>
   <si>
     <t>Eric Clapton - Live On Tour 2001</t>
   </si>
   <si>
     <t>Jamie Winchester &amp; Hrutka Róbert – Hole</t>
   </si>
   <si>
-    <t>Tankcsapda – Eleven</t>
-[...1 lines deleted...]
-  <si>
     <t>Révész – Révész 1993</t>
   </si>
   <si>
     <t>Steve Winwood – Arc Of A Diver</t>
   </si>
   <si>
     <t>Mihály Tamás – Last Minute</t>
   </si>
   <si>
     <t>"R" Frakció – Kejne Pánik</t>
   </si>
   <si>
     <t>Ákos – Az Utolsó Hangos Dal</t>
   </si>
   <si>
     <t>UFO – Obsession</t>
   </si>
   <si>
     <t>Bill Wyman – Monkey Grip</t>
   </si>
   <si>
     <t>Sting by Steve Gett</t>
   </si>
   <si>
     <t>Könyv / Book</t>
   </si>
   <si>
     <t>David Bowie by Steve Gett</t>
   </si>
   <si>
     <t>Peter Hammill – Skin</t>
   </si>
   <si>
     <t>Tina Turner – I Can't Stand The Rain</t>
   </si>
   <si>
-    <t>Tina Turner – We Don't Need Another Hero (Thunderdome) - Extended Mix</t>
-[...1 lines deleted...]
-  <si>
     <t>Kim Wilde – Catch As Catch Can</t>
   </si>
   <si>
     <t>Synth-pop</t>
   </si>
   <si>
     <t>Chris Norman – Some Hearts Are Diamonds</t>
   </si>
   <si>
     <t>Jennifer Rush – Heart Over Mind</t>
   </si>
   <si>
     <t>Jennifer Rush – Jennifer Rush (International Version)</t>
   </si>
   <si>
-    <t>Alphaville – Jet Set (Jellybean Mix)</t>
-[...4 lines deleted...]
-  <si>
     <t>James Brown – Living In America (12" Extended Dance Mix)</t>
   </si>
   <si>
     <t>Pink Floyd – Obscured By Clouds</t>
   </si>
   <si>
     <t>Gonda Sextet – Sámánének</t>
   </si>
   <si>
     <t>Szabados Quartet – Az Esküvő</t>
   </si>
   <si>
     <t>The Rolling Stones – Sticky Fingers</t>
   </si>
   <si>
     <t>T. Rex – Metal Guru</t>
   </si>
   <si>
     <t>Piramis – A Becsület / Szállj Fel Magasra</t>
   </si>
   <si>
     <t>Tejbezrí – Kudarc / Tűzoltó U. 25.</t>
   </si>
   <si>
     <t>Beatrice – Pofonok Völgye</t>
@@ -526,74 +503,68 @@
   <si>
     <t>Három Kívánság</t>
   </si>
   <si>
     <t>Exotic – Szabadság-Dal</t>
   </si>
   <si>
     <t>Hangár Együttes – Comment Ca Va? / Kérek Egy Szeletet A Tortából</t>
   </si>
   <si>
     <t>Saturnus – Saturnus</t>
   </si>
   <si>
     <t>Karthago / Color – Apáink Útján / Vallomás</t>
   </si>
   <si>
     <t>Omega – Naplemente</t>
   </si>
   <si>
     <t>Bruce Springsteen – Born In The U.S.A.</t>
   </si>
   <si>
     <t>Generál – Piros Bicikli</t>
   </si>
   <si>
-    <t>SBB – SBB</t>
-[...1 lines deleted...]
-  <si>
     <t>Piramis – Plusz</t>
   </si>
   <si>
     <t>Dixieland Fesztivál '87 Salgótarján</t>
   </si>
   <si>
     <t>Dixieland/Ragtime</t>
   </si>
   <si>
     <t>Duke Ellington, Benny Goodman, Count Basie, Lionel Hampton – Les Plus Grands Succes De</t>
   </si>
   <si>
     <t>Swing</t>
   </si>
   <si>
     <t>Delhusa Gjon – Csavargó</t>
   </si>
   <si>
-    <t>Hit-Rock / Solaris – A Vén Csavargó Halála / Solaris</t>
-[...1 lines deleted...]
-  <si>
     <t>Sirokkó – Tükörember</t>
   </si>
   <si>
     <t>Zalatnay Sarolta – Miért Mentél El? / Fekete Árnyék</t>
   </si>
   <si>
     <t>Zalatnay Sarolta – Hidd El, Ha Mondom / Itt A Nyár</t>
   </si>
   <si>
     <t>Juventus / Magdi Bódi – Jöjjetek Velem / Ne Nézz A Napba</t>
   </si>
   <si>
     <t>Non-Stop – Szép Margit / Szelíd Tüzek</t>
   </si>
   <si>
     <t>Omega – Hűtlen Barátok</t>
   </si>
   <si>
     <t>Mini – Sirályok / Kereszteslovagok</t>
   </si>
   <si>
     <t>Locomotiv GT – Első Magyar Óriáskislemez</t>
   </si>
   <si>
     <t>V' Moto-Rock – Gyertyák</t>
@@ -628,74 +599,68 @@
   <si>
     <t>Bergendy – Ötödik Sebesség</t>
   </si>
   <si>
     <t>Cziffra György – Holdfény És Álmodozás</t>
   </si>
   <si>
     <t>Komolyzene/Classical</t>
   </si>
   <si>
     <t>Cziffra György – A Tánc</t>
   </si>
   <si>
     <t>Budapesti Ragtime Együttes – Ragtime</t>
   </si>
   <si>
     <t>Count Basie – The Golden Era Of Jazz 1. - Live And Rare</t>
   </si>
   <si>
     <t>Nat King Cole – The Golden Era Of Jazz 2. - Live And Rare</t>
   </si>
   <si>
     <t>Bing Crosby ‒ Rosemary Clooney – Rendezvous</t>
   </si>
   <si>
-    <t>Louis Armstrong – Lucerna~1965 - Lucerna Hall~Prague 1965 - Live</t>
-[...1 lines deleted...]
-  <si>
     <t>Ganxsta Zolee És A Kartel – Gyilkosság Rt.</t>
   </si>
   <si>
     <t>Concerts For The People Of Kampuchea</t>
   </si>
   <si>
     <t>Ba-Ka – Szeress Belém Baby!</t>
   </si>
   <si>
     <t>Ron Wood – I've Got My Own Album To Do</t>
   </si>
   <si>
     <t>Pop-Tari-Top '86</t>
   </si>
   <si>
     <t>Karthago – Ezredforduló</t>
   </si>
   <si>
-    <t>Edda Művek – Edda Művek 5.</t>
-[...1 lines deleted...]
-  <si>
     <t>Victor Máté – Non-Stop</t>
   </si>
   <si>
     <t>Csaba Deseő Jazz Quintet &amp; Friends – Ultraviola</t>
   </si>
   <si>
     <t>Skorpió – Aranyalbum 1973-1983</t>
   </si>
   <si>
     <t>Skorpió – Ünnepnap</t>
   </si>
   <si>
     <t>Omega – Élő Omega Kisstadion '79</t>
   </si>
   <si>
     <t>Ákos – Magunk Maradtunk</t>
   </si>
   <si>
     <t>Shakespeare / Latinovits Zoltán / Ruttkai Éva – Rómeó És Júlia</t>
   </si>
   <si>
     <t>Carreras, Domingo, Pavarotti, Mehta – In Concert</t>
   </si>
   <si>
     <t>The Communards – Red</t>
@@ -775,77 +740,68 @@
   <si>
     <t>Johnny Winter – Early Times</t>
   </si>
   <si>
     <t>Johnny Winter – The Johnny Winter Story</t>
   </si>
   <si>
     <t>Paul Simon – One-Trick Pony</t>
   </si>
   <si>
     <t>Cseh Tamás – Titkos Dalok</t>
   </si>
   <si>
     <t>The King's Singers – A Tribute To The Comedian Harmonists</t>
   </si>
   <si>
     <t>The Pipes of Scotland</t>
   </si>
   <si>
     <t>Molnár Dixieland Band</t>
   </si>
   <si>
     <t>Replika – Másik Világ Kapujában</t>
   </si>
   <si>
-    <t>Mini – Vissza A Városba</t>
-[...1 lines deleted...]
-  <si>
     <t>Icon – Icon</t>
   </si>
   <si>
     <t>Hangtapasz – Tapasztalj!</t>
   </si>
   <si>
     <t>Szélső Érték - Hangot hallottam</t>
   </si>
   <si>
     <t>International Gastroblues Festival - Best Of 1993 - 2009</t>
   </si>
   <si>
     <t>Ölveti Blues Band – Te És Én</t>
   </si>
   <si>
-    <t>Anima Sound System – Gipsy Sound Clash</t>
-[...1 lines deleted...]
-  <si>
     <t>Jamana – Sörhasú Dagadt</t>
   </si>
   <si>
-    <t>Az Edda Két Arca</t>
-[...1 lines deleted...]
-  <si>
     <t>P. Mobil – The Worst Of P.Mobil Live</t>
   </si>
   <si>
     <t>Skorpió – A Show Megy Tovább</t>
   </si>
   <si>
     <t>Beatrice – Utálom Az Egész XX. Századot</t>
   </si>
   <si>
     <t>Tunyogi Rock Band – Próbáld Meg Őszintén...</t>
   </si>
   <si>
     <t>Locomotiv GT – 424 Mozdonyopera</t>
   </si>
   <si>
     <t>Action – A Hetedik</t>
   </si>
   <si>
     <t>Locomotiv GT – A Fiúk A Kocsmába Mentek</t>
   </si>
   <si>
     <t>A Beatrice Legjobb Dalai - Budapest Sportcsarnok 1991 XI 23</t>
   </si>
   <si>
     <t>Hobo – I Love You Budapest</t>
@@ -937,53 +893,50 @@
   <si>
     <t>Prognózis – Hajsza Közben / Nyári Éjszakák</t>
   </si>
   <si>
     <t>Napoleon Boulevard / Balogh Ferenc – Kérlek, Ne Félj / Ő</t>
   </si>
   <si>
     <t>Kaszab Tibor / Studium Dixieland Oktett – Vasárnapi Ebéd / Bill Bailey</t>
   </si>
   <si>
     <t>Eric Clapton – Unplugged</t>
   </si>
   <si>
     <t>Republic – Tüzet Viszek</t>
   </si>
   <si>
     <t>Republic – Igen</t>
   </si>
   <si>
     <t>KFT / Bódy Magdi – Bábu Vagy / Sakkfigurák</t>
   </si>
   <si>
     <t>Földes László Hobo - Rolling Stones könyv</t>
   </si>
   <si>
-    <t>Első Emelet – A Kenguru Jobb Horga / Álmatlanul</t>
-[...1 lines deleted...]
-  <si>
     <t>Yello – Essential</t>
   </si>
   <si>
     <t>Piramis – "Szeress!"</t>
   </si>
   <si>
     <t>Debski-Vasvári Group – Montreal Ballad</t>
   </si>
   <si>
     <t>Damned Road – Elátkozott Úton</t>
   </si>
   <si>
     <t>Robert Mandel – Electrotary®</t>
   </si>
   <si>
     <t>Ghymes – Rege</t>
   </si>
   <si>
     <t>Müller Péter Sziámi - Dalszövegkönyv</t>
   </si>
   <si>
     <t>Ákos – Új Törvény</t>
   </si>
   <si>
     <t>Beatrice – 1988</t>
@@ -1117,77 +1070,71 @@
   <si>
     <t>Rock &amp; Roll</t>
   </si>
   <si>
     <t>The Stud filmzene</t>
   </si>
   <si>
     <t>Beamter — Martiny – Bűvölet</t>
   </si>
   <si>
     <t>Nazareth – Malice In Wonderland</t>
   </si>
   <si>
     <t>Squeeze – Babylon And On</t>
   </si>
   <si>
     <t>Wet Wet Wet – High On The Happy Side</t>
   </si>
   <si>
     <t>Engelbert Humperdinck – Portrait In Gold - Engelbert</t>
   </si>
   <si>
     <t>Szabó - Beamter Duó – Egy Este A Duna Bárban</t>
   </si>
   <si>
-    <t>Best of Pink Floyd</t>
-[...1 lines deleted...]
-  <si>
     <t>Procol Harum In Concert With The Edmonton Symphony Orchestra – Live</t>
   </si>
   <si>
     <t>Three Dog Night – Cyan</t>
   </si>
   <si>
     <t>Paul McCartney – McCartney II</t>
   </si>
   <si>
     <t>Electric Light Orchestra – Time</t>
   </si>
   <si>
     <t>Szikora Róbert &amp; The R-Go Proletars – Egy Proletár Párizsban</t>
   </si>
   <si>
     <t>R-GO – Az Idő</t>
   </si>
   <si>
     <t>Slágermúzeum - 20 Éves A Magyar Hanglemezgyártó Vállalat</t>
   </si>
   <si>
-    <t>Skorpió – Új Skorpió</t>
-[...1 lines deleted...]
-  <si>
     <t>Piramis – 2</t>
   </si>
   <si>
     <t>ABBA – Super Trouper</t>
   </si>
   <si>
     <t>Postásy Júlia, Dévényi Ádám – Nincs Kegyelem</t>
   </si>
   <si>
     <t>Másik János – Trance Balance</t>
   </si>
   <si>
     <t>Tibor Szemző – Snapshot From The Island</t>
   </si>
   <si>
     <t>Táncdal 1970</t>
   </si>
   <si>
     <t>Éva – A Sárkány Éve</t>
   </si>
   <si>
     <t>Tolcsvay László, Tolcsvay Béla – Magyar Mise</t>
   </si>
   <si>
     <t>V'Moto-Rock – V'Moto-Rock</t>
@@ -1279,140 +1226,131 @@
   <si>
     <t>All Time Dixieland</t>
   </si>
   <si>
     <t>Vankóné Dudás Juli – Sej, Galgamácsa Eszembe Se Jutna</t>
   </si>
   <si>
     <t>Fonográf – Útközben</t>
   </si>
   <si>
     <t>Benkő László – Lexikon</t>
   </si>
   <si>
     <t>Benkő László – Lexikon 2.</t>
   </si>
   <si>
     <t>Omega – Az Arc</t>
   </si>
   <si>
     <t>Korál – Korál</t>
   </si>
   <si>
     <t>Szörényi Levente, Koncz Zsuzsa – Balladák</t>
   </si>
   <si>
-    <t>Edda Művek – Edda Művek</t>
-[...1 lines deleted...]
-  <si>
     <t>Generál – Játszd Újra El / Yeti, A Hegyi Ember</t>
   </si>
   <si>
     <t>Locomotiv GT - Újrahasznostás + koncertfilm</t>
   </si>
   <si>
     <t>Somló Tamás – Somló</t>
   </si>
   <si>
     <t>Simon And Garfunkel – Bridge Over Troubled Water</t>
   </si>
   <si>
     <t>Laux &amp; Cream Cheese – Nem Semmi...</t>
   </si>
   <si>
     <t>Republic – Boldogság.hu</t>
   </si>
   <si>
     <t>Crazy Town – The Gift Of Game</t>
   </si>
   <si>
     <t>Metal</t>
   </si>
   <si>
     <t>Charlie – Annyi Minden Történt</t>
   </si>
   <si>
     <t>Sing Sing – Tábor '96</t>
   </si>
   <si>
     <t>SONY EF 90 NORMAL</t>
   </si>
   <si>
     <t>Fonográf – I. M. Elvis Presley / 1978</t>
   </si>
   <si>
-    <t>The Beach Boys – The Beach Boys</t>
-[...1 lines deleted...]
-  <si>
     <t>MC Hawer Feat. Tekknő – Bye-Bye Lány</t>
   </si>
   <si>
     <t>Dés + Geszti : Jazz+Az – Kalózok</t>
   </si>
   <si>
     <t>Unisex – Szebb Holnap...</t>
   </si>
   <si>
     <t>Koltay Gergely – Honfoglalás</t>
   </si>
   <si>
     <t>Nilo Menéndez – Masabi</t>
   </si>
   <si>
     <t>Latin</t>
   </si>
   <si>
     <t>Dub Guerilla – Dub Guerilla</t>
   </si>
   <si>
     <t>Dub - Ska</t>
   </si>
   <si>
     <t>Generál / Corvina – Csöngess Be, Jóbarát! / Régi Utcán</t>
   </si>
   <si>
     <t>Marcellina PJT – Te Vagy A Sztár / Elviszi Majd Az Idő</t>
   </si>
   <si>
     <t>Orlando – Tombe La Neige</t>
   </si>
   <si>
     <t>II. Magyar Poppiac - Tehetségkutató Kazetta</t>
   </si>
   <si>
     <t>Bikini – Izzik A Tavaszi Délután</t>
   </si>
   <si>
     <t>Hilde Ott &amp; Thomas Wendlinger Sterne Unserer Heimat</t>
   </si>
   <si>
     <t>Hans Recknagel Und Seine Wiener Schrammeln – Bei Den Schrammeln Zu Gast</t>
   </si>
   <si>
-    <t>Earth, Wind &amp; Fire ‎– Boogie Wonderland</t>
-[...1 lines deleted...]
-  <si>
     <t>Vízöntő Együttes – Élő Népzene (Living Hungarian Folk Music)</t>
   </si>
   <si>
     <t>Trió Stendhal – Trió Stendhal</t>
   </si>
   <si>
     <t>Various – Hamupipőke</t>
   </si>
   <si>
     <t>Ruttkai – Ruttkai</t>
   </si>
   <si>
     <t>Various – The Blues-Story</t>
   </si>
   <si>
     <t>Trio – Bye Bye</t>
   </si>
   <si>
     <t>Various – Gyerobik (Zenés Torna Gyerekeknek)</t>
   </si>
   <si>
     <t>Jancsó Adrienne – Jékely Zoltán: Csunyinka Álma / Nemes Nagy Ágnes: Felicián, Vagy A Tölgyfák Tánca</t>
   </si>
   <si>
     <t>Various – Titok – Négy Mese</t>
@@ -1660,56 +1598,50 @@
   <si>
     <t>Tátrai Tibor &amp; Szűcs Antal Gábor – Latin Latin Latin</t>
   </si>
   <si>
     <t>Karthago – ValóságRock</t>
   </si>
   <si>
     <t>Presser Gábor – Angyalok És Emberek</t>
   </si>
   <si>
     <t>Ghymes – Egy Évtized Legszebb Dalai</t>
   </si>
   <si>
     <t>Máté Péter – Éjszakák És Nappalok</t>
   </si>
   <si>
     <t>Hooligans – Szenzáció!!!</t>
   </si>
   <si>
     <t>Locomotiv GT – Loksi</t>
   </si>
   <si>
     <t>Új Bikini – A Sötétebbik Oldal</t>
   </si>
   <si>
-    <t>Hobo Blues Band – Vándor Az Úton - HBB - Morrison Emlékműsor</t>
-[...4 lines deleted...]
-  <si>
     <t>Kormorán – Rockuiem</t>
   </si>
   <si>
     <t>Pa-Dö-Dő – Pa-Dö-Dő</t>
   </si>
   <si>
     <t>Gerdesits Ferenc – Ős-Metál (Yardbirds - Focus · Uriah Heep - Deep Purple)</t>
   </si>
   <si>
     <t>Jonathan Blues Band – Überdruck</t>
   </si>
   <si>
     <t>György Szabados, Anthony Braxton – Szabraxtondos</t>
   </si>
   <si>
     <t>Bikini – Bikini</t>
   </si>
   <si>
     <t>Yello – Flag</t>
   </si>
   <si>
     <t>Yello – One Second</t>
   </si>
   <si>
     <t>Fleetwood Mac – Tango In The Night</t>
@@ -1723,65 +1655,59 @@
   <si>
     <t>The Yardbirds – Yardmerizing, Birdmerizing</t>
   </si>
   <si>
     <t>Pandora's Box – Kő Kövön</t>
   </si>
   <si>
     <t>Névtelen Nulla – Jeremy l-ll</t>
   </si>
   <si>
     <t>Zero-G – Zero Gravity</t>
   </si>
   <si>
     <t>Jaydee – Plastic Dreams</t>
   </si>
   <si>
     <t>Rocklexikon</t>
   </si>
   <si>
     <t>Ági És Fiúk – Cyber Éva</t>
   </si>
   <si>
     <t>Charlie – Csak A Zene Van</t>
   </si>
   <si>
-    <t>TDK SA 60 High Position bontatlan</t>
-[...1 lines deleted...]
-  <si>
     <t>Csík Zenekar – Ez A Vonat, Ha Elindult, Hadd Menjen...</t>
   </si>
   <si>
     <t>Kentaur – Urban Stigma</t>
   </si>
   <si>
     <t>Makám, Bognár Szilvia – Almanach</t>
   </si>
   <si>
-    <t>Hobo Blues Band – Vadászat</t>
-[...1 lines deleted...]
-  <si>
     <t>Koltay Gábor: Fonográf útközben</t>
   </si>
   <si>
     <t>Johnny Cash – I Forgot To Remember To Forget</t>
   </si>
   <si>
     <t>Ravi Shankar – Sitar Recital</t>
   </si>
   <si>
     <t>Jean Michel Jarre – Equinoxe</t>
   </si>
   <si>
     <t>Johnny Cash – Story Of A Broken Heart</t>
   </si>
   <si>
     <t>Lost In The Stars (The Music Of Kurt Weill)</t>
   </si>
   <si>
     <t>GM49 – Digitális Majális</t>
   </si>
   <si>
     <t>Vukán – Derby</t>
   </si>
   <si>
     <t>No•Spa Jazz Quintet – Getting Together</t>
@@ -1825,53 +1751,50 @@
   <si>
     <t>Staying Alive (Életben Maradni)</t>
   </si>
   <si>
     <t>Vikidál Gyula – Vikidál Gyula</t>
   </si>
   <si>
     <t>Kacsóh Pongrác &amp; Victor Máté – János A Vitéz. Pop-Dal-Játék</t>
   </si>
   <si>
     <t>Metró – Metró</t>
   </si>
   <si>
     <t>Thank God It's Friday (The Original Motion Picture Soundtrack)</t>
   </si>
   <si>
     <t>DISCO</t>
   </si>
   <si>
     <t>100 Folk Celsius – A Nagy Ho-Ho-Ho-Horgász</t>
   </si>
   <si>
     <t>Csukás - Bergendy – Süsü Újabb Kalandjai</t>
   </si>
   <si>
-    <t>Szimat Szörény, A Szupereb</t>
-[...1 lines deleted...]
-  <si>
     <t>Demis Roussos – The Demis Roussos Magic</t>
   </si>
   <si>
     <t>Démis Roussos – Forever And Ever</t>
   </si>
   <si>
     <t>Fejes Endre - Presser Gábor – Jó Estét Nyár, Jó Estét Szerelem</t>
   </si>
   <si>
     <t>Brabec – Country Music</t>
   </si>
   <si>
     <t>Julio Iglesias – Libra</t>
   </si>
   <si>
     <t>Baccara – Baccara</t>
   </si>
   <si>
     <t>Ray Conniff His Orchestra And Chorus – The Happy Beat Of Ray Conniff His Orchestra And Chorus</t>
   </si>
   <si>
     <t>Diana Ross &amp; The Supremes – 20 Golden Greats</t>
   </si>
   <si>
     <t>ABBA – ABBA</t>
@@ -1957,59 +1880,53 @@
   <si>
     <t>Juhász Ilona – Halljátok Cigányok</t>
   </si>
   <si>
     <t>Cseh Judit – Kéklő Nefelejcset</t>
   </si>
   <si>
     <t>Veress Árpád – Veress Árpád</t>
   </si>
   <si>
     <t>Veress Árpád – Kék Szivárvány, Zöld Szivárvány</t>
   </si>
   <si>
     <t>Emerson, Lake &amp; Palmer – Black Moon</t>
   </si>
   <si>
     <t>Locomotiv GT – Bummm!</t>
   </si>
   <si>
     <t>Omega – 10000 Lépés</t>
   </si>
   <si>
     <t>Pink Floyd – Is There Anybody Out There? (The Wall Live 1980-81)</t>
   </si>
   <si>
-    <t>Depeche Mode – A Broken Frame</t>
-[...1 lines deleted...]
-  <si>
     <t>The Police – Synchronicity</t>
   </si>
   <si>
-    <t>Dire Straits – Money For Nothing</t>
-[...1 lines deleted...]
-  <si>
     <t>Szörényi Levente &amp; Bródy János – Kőműves Kelemen (Rockballada)</t>
   </si>
   <si>
     <t>Koncz Zsuzsa – Élünk És Meghalunk</t>
   </si>
   <si>
     <t>Dés László – Patika</t>
   </si>
   <si>
     <t>Ákos – Élő Dalok</t>
   </si>
   <si>
     <t>Bikini – Aranyalbum</t>
   </si>
   <si>
     <t>Bikini – Temesvári Vasárnap</t>
   </si>
   <si>
     <t>Czeglédi A. Sándor féle hanglemez</t>
   </si>
   <si>
     <t>Paul Young – No Parlez</t>
   </si>
   <si>
     <t>Pet Shop Boys – Please</t>
@@ -2017,68 +1934,53 @@
   <si>
     <t>Rod Stewart – Body Wishes</t>
   </si>
   <si>
     <t>Bee Gees – E-S-P</t>
   </si>
   <si>
     <t>Cher – Heart Of Stone</t>
   </si>
   <si>
     <t>Wet Wet Wet – Popped In Souled Out</t>
   </si>
   <si>
     <t>Paul McCartney – Flowers In The Dirt</t>
   </si>
   <si>
     <t>Pet Shop Boys – Actually</t>
   </si>
   <si>
     <t>Milva – Ein Kommen Und Gehen</t>
   </si>
   <si>
     <t>Omega – Babylon</t>
   </si>
   <si>
-    <t>Ganxsta Zolee És A Kartel – Argentin Tangó</t>
-[...7 lines deleted...]
-  <si>
     <t>Ganxsta Zolee És A Kartel – Rosszfiúk</t>
   </si>
   <si>
-    <t>Ganxsta Zolee És A Kartel – Egyenesen a gettóból</t>
-[...4 lines deleted...]
-  <si>
     <t>TDK D100</t>
   </si>
   <si>
     <t>Aerosmith – Big Ones</t>
   </si>
   <si>
     <t>Károly Binder – Forgotten Pictures</t>
   </si>
   <si>
     <t>Hansson &amp; Karlsson – Gold</t>
   </si>
   <si>
     <t>Rick Wakeman – Rick Wakeman's Criminal Record</t>
   </si>
   <si>
     <t>Eminem – The Eminem Show</t>
   </si>
   <si>
     <t>Pa-Dö-Dő – Az Élet Szép És Én Is Szép Vagyok</t>
   </si>
   <si>
     <t>3+2 – Délvidékről Visszatérünk! (1986-1999)</t>
   </si>
   <si>
     <t>Enya – Paint The Sky With Stars - The Best Of Enya</t>
@@ -2122,71 +2024,395 @@
   <si>
     <t>100 Folk Celsius – Miki Manó Meséi</t>
   </si>
   <si>
     <t>Filmslágerek Magyarul 2</t>
   </si>
   <si>
     <t>Rhapsody In Blue · Egy Amerikai Párizsban</t>
   </si>
   <si>
     <t>Klassz Slágerek</t>
   </si>
   <si>
     <t>Apostol – Aranyalbum - Nehéz A Boldogságtól Búcsút Venni</t>
   </si>
   <si>
     <t>Apostol – Nehéz A Boldogságtól Búcsút Venni</t>
   </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
-    <t>Gyártó</t>
-[...1 lines deleted...]
-  <si>
     <t>Mennyiség</t>
   </si>
   <si>
     <t>Ár</t>
   </si>
   <si>
     <t>Találatok</t>
   </si>
   <si>
     <t>ID</t>
+  </si>
+  <si>
+    <t>AD Studio – Shakespeare, Vagy Amit Akartok</t>
+  </si>
+  <si>
+    <t>Sláger - magyar/Hit hungarian</t>
+  </si>
+  <si>
+    <t>The Beatles – Love Songs</t>
+  </si>
+  <si>
+    <t>Queen – Greatest Hits</t>
+  </si>
+  <si>
+    <t>Omega – Omega 5</t>
+  </si>
+  <si>
+    <t>Omega 6 - Nem Tudom A Neved</t>
+  </si>
+  <si>
+    <t>Dinamit – Dinamit</t>
+  </si>
+  <si>
+    <t>Bergendy – Aranyalbum</t>
+  </si>
+  <si>
+    <t>Non-Stop Együttes / Corvina Együttes – Ó, Micsoda Éjjel / Egy Viharos Éjszakán</t>
+  </si>
+  <si>
+    <t>Club-Együttes – Carramba Senores</t>
+  </si>
+  <si>
+    <t>Sláger - nemzetközi/Hit international</t>
+  </si>
+  <si>
+    <t>Famous Jazz Trumpet Players</t>
+  </si>
+  <si>
+    <t>Ray Charles – Ray Charles</t>
+  </si>
+  <si>
+    <t>George Harrison – Cloud Nine</t>
+  </si>
+  <si>
+    <t>Mahalia Jackson – Mahalia Jackson</t>
+  </si>
+  <si>
+    <t>Ella Fitzgerald – Basin Street Blues</t>
+  </si>
+  <si>
+    <t>Leonard Bernstein - Kiri Te Kanawa · José Carreras · Tatiana Troyanos · Kurt Ollmann · Marilyn Horne – West Side Story</t>
+  </si>
+  <si>
+    <t>Paul McCartney – Tug Of War</t>
+  </si>
+  <si>
+    <t>Mihály Tamás, Liszt, Wagner – Szintetizátor-Varázs</t>
+  </si>
+  <si>
+    <t>Glenn Miller – Original</t>
+  </si>
+  <si>
+    <t>Country Roads</t>
+  </si>
+  <si>
+    <t>Billie Holiday – Billie Holiday</t>
+  </si>
+  <si>
+    <t>Rosa King – Summertime</t>
+  </si>
+  <si>
+    <t>100 Folk Celsius – Country</t>
+  </si>
+  <si>
+    <t>Jesus Christ Superstar (The Original Motion Picture Sound Track Album)</t>
+  </si>
+  <si>
+    <t>The Greatest Boogie Woogie Performances, Vol. 2</t>
+  </si>
+  <si>
+    <t>Ray Conniff – Und Nun: Ray Conniff</t>
+  </si>
+  <si>
+    <t>Spirituals To Swing - Carnegie Hall Concerts 1938/39 (1)</t>
+  </si>
+  <si>
+    <t>Little Richard &amp; Jimi Hendrix – Little Richard &amp; Jimi Hendrix</t>
+  </si>
+  <si>
+    <t>Sarah Vaughan – How Long Has This Been Going On?</t>
+  </si>
+  <si>
+    <t>Charlie Parker &amp; Dizzy Gillespie – The Golden Era Of Jazz 7. - Live And Rare</t>
+  </si>
+  <si>
+    <t>Ella Fitzgerald – The Golden Era Of Jazz 5. - Live And Rare</t>
+  </si>
+  <si>
+    <t>Benny Goodman – The Golden Era Of Jazz 4. - Live And Rare</t>
+  </si>
+  <si>
+    <t>Lionel Hampton – Lionel Hampton</t>
+  </si>
+  <si>
+    <t>Lionel Hampton – Live In Paris - Concert Olympia 1961 - Vol. 2</t>
+  </si>
+  <si>
+    <t>Benny Goodman – Porträt In Swing</t>
+  </si>
+  <si>
+    <t>Lionel Hampton – Live In Paris Vol. 1</t>
+  </si>
+  <si>
+    <t>Vangelis – Chariots Of Fire</t>
+  </si>
+  <si>
+    <t>Santana – Caravanserai</t>
+  </si>
+  <si>
+    <t>Golden Gate Quartet – Golden Gate Quartet</t>
+  </si>
+  <si>
+    <t>Kings Of Jazz</t>
+  </si>
+  <si>
+    <t>Луи Армстронг – Луи Армстронг</t>
+  </si>
+  <si>
+    <t>Louis Armstrong – Live Recording</t>
+  </si>
+  <si>
+    <t>Nat King Cole – Mona Lisa (Vol.3)</t>
+  </si>
+  <si>
+    <t>Почит Към Луис / Tribute To Louis</t>
+  </si>
+  <si>
+    <t>SBB – Ze Słowem Biegnę Do Ciebie. SBB (4)</t>
+  </si>
+  <si>
+    <t>Fermáta – Biela Planéta = The White Planet</t>
+  </si>
+  <si>
+    <t>The Rolling Stones – Big Hits (High Tide And Green Grass)</t>
+  </si>
+  <si>
+    <t>Omega – Aranyalbum 1969-1971</t>
+  </si>
+  <si>
+    <t>EAST – Hűség</t>
+  </si>
+  <si>
+    <t>Generál – Staféta</t>
+  </si>
+  <si>
+    <t>A.E. Bizottság – Kalandra Fel!!</t>
+  </si>
+  <si>
+    <t>Gabor Szabo ‎– Femme Fatale</t>
+  </si>
+  <si>
+    <t>MATCHBOX 2016 Fiat 500X 35/125</t>
+  </si>
+  <si>
+    <t>Eladó automodellek</t>
+  </si>
+  <si>
+    <t>MatchBox</t>
+  </si>
+  <si>
+    <t>Hot Wheels Pagani Zonda Cinque 26/250 Exotic Cars 4/10 modell 1:64 autó</t>
+  </si>
+  <si>
+    <t>HotWheels</t>
+  </si>
+  <si>
+    <t>'47 Chevy Fleetline - Layin' Low - 45</t>
+  </si>
+  <si>
+    <t>Maserati Shamal - kék - Factory Fresh 2/5 - 16/250</t>
+  </si>
+  <si>
+    <t>1970 DODGE HEMI CHALLENGER gold 2026</t>
+  </si>
+  <si>
+    <t>'16 Lamborghini Centenario Roadster [Yellow] Exoticars 1/10, 2/250</t>
+  </si>
+  <si>
+    <t>Compact Kings - Alfa Romeo Giulia TI Super</t>
+  </si>
+  <si>
+    <t>FORD MUSTANG MACH-E 1400 2/10 8/250</t>
+  </si>
+  <si>
+    <t>Dolly Roll – Eldoradoll</t>
+  </si>
+  <si>
+    <t>Dolly Roll – Dolly Roll</t>
+  </si>
+  <si>
+    <t>Sheena Easton – Best Kept Secret</t>
+  </si>
+  <si>
+    <t>Bikini – Ha Volna Még Időm</t>
+  </si>
+  <si>
+    <t>Napoleon Boulevard – Napoleon Boulevard 1.</t>
+  </si>
+  <si>
+    <t>Neoton Família – Karnevál</t>
+  </si>
+  <si>
+    <t>Ford Coupe Matchbox Paper Box</t>
+  </si>
+  <si>
+    <t>Opel Kadett Matchbox Paper Box</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Blues Az Esőben</t>
+  </si>
+  <si>
+    <t>Szekeres András – A Kedvenc 10</t>
+  </si>
+  <si>
+    <t>CPg – Erdős Péter Emlékkoncert</t>
+  </si>
+  <si>
+    <t>Dögkeselyű - Részletek András Ferenc Filmjének Zenéjéből</t>
+  </si>
+  <si>
+    <t>Queen – A Kind Of Magic</t>
+  </si>
+  <si>
+    <t>Hobo Blues Band – Oly Sokáig Voltunk Lenn...</t>
+  </si>
+  <si>
+    <t>Smog , Satöbbi – Várlak / James Bond</t>
+  </si>
+  <si>
+    <t>Varga Miklós Band – Játék, Szenvedély...</t>
+  </si>
+  <si>
+    <t>Zalatnay Sarolta – Feldobott Kő</t>
+  </si>
+  <si>
+    <t>Cseh Tamás – Western Dalok</t>
+  </si>
+  <si>
+    <t>Katona Klári – Láthatod: Boldog Vagyok</t>
+  </si>
+  <si>
+    <t>Bontovics Kati – Ártatlan Bűn</t>
+  </si>
+  <si>
+    <t>Sebők János (szerk.) Volt egyszer egy ifipark</t>
+  </si>
+  <si>
+    <t>Szörényi Levente - Utazás (LP, Album, RE, Lam)</t>
+  </si>
+  <si>
+    <t>Bryan Ferry – Boys And Girls</t>
+  </si>
+  <si>
+    <t>Révész Sándor – Révész Sándor</t>
+  </si>
+  <si>
+    <t>Falco – Data De Groove</t>
+  </si>
+  <si>
+    <t>Hungaria – Koncert A Marson</t>
+  </si>
+  <si>
+    <t>Jean Michel Jarre – Oxygene</t>
+  </si>
+  <si>
+    <t>Syrius – Széttört Álmok</t>
+  </si>
+  <si>
+    <t>Kraftwerk – Electric Cafe</t>
+  </si>
+  <si>
+    <t>Dés László – „Ennyi A Dal” 1</t>
+  </si>
+  <si>
+    <t>Demjén – 2000 Éves Álmok</t>
+  </si>
+  <si>
+    <t>Emberek – Forog A Föld</t>
+  </si>
+  <si>
+    <t>Presser Gábor – Szerelem Utolsó Vérig</t>
+  </si>
+  <si>
+    <t>Tátrai Band – A Hold Szerelme</t>
+  </si>
+  <si>
+    <t>Tátrai Band – Különös Álom</t>
+  </si>
+  <si>
+    <t>Led Zeppelin – Led Zeppelin II</t>
+  </si>
+  <si>
+    <t>Demjén – Hat</t>
+  </si>
+  <si>
+    <t>Illés – Illések És Pofonok... (№ 3)</t>
+  </si>
+  <si>
+    <t>Roger Waters – Amused To Death</t>
+  </si>
+  <si>
+    <t>Miles Davis – Tutu</t>
+  </si>
+  <si>
+    <t>Oscar Peterson – 'Round Midnight</t>
+  </si>
+  <si>
+    <t>Paco De Lucía – El Duende Flamenco de Paco de Lucía</t>
+  </si>
+  <si>
+    <t>Tátrai Band – Illúziók Nélkül</t>
+  </si>
+  <si>
+    <t>Károly Cserepes, Márta Sebestyén, Hobo – Kivándorlás</t>
+  </si>
+  <si>
+    <t>Stílus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
-    <numFmt numFmtId="170" formatCode="#,##0\ &quot;Ft&quot;"/>
+    <numFmt numFmtId="164" formatCode="#,##0\ &quot;Ft&quot;"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -2243,129 +2469,1758 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="3">
-[...19 lines deleted...]
-    </dxf>
+  <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="AutoShape 984" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="345243150"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="AutoShape 987" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="346671900"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="AutoShape 990" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="348100650"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="AutoShape 993" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="349529400"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="AutoShape 996" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="350958150"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="AutoShape 999" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="352386900"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="AutoShape 1002" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="353815650"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="AutoShape 1005" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="355244400"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="10" name="AutoShape 1008" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="356673150"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="11" name="AutoShape 1011" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="358101900"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="AutoShape 1014" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="359530650"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="AutoShape 1018" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="361178475"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="AutoShape 1021" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="362607225"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="AutoShape 1024" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="364035975"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="AutoShape 1027" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="365464725"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="AutoShape 1030" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="366893475"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="18" name="AutoShape 1033" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="368322225"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="19" name="AutoShape 1036" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="370627275"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="20" name="AutoShape 1039" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="372056025"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="21" name="AutoShape 1042" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="373484775"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="22" name="AutoShape 1045" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="374913525"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="23" name="AutoShape 1048" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="376780425"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="24" name="AutoShape 1051" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="378209175"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="25" name="AutoShape 1054" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="379637925"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="26" name="AutoShape 1058" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="381723900"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="27" name="AutoShape 1061" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="383809875"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="28" name="AutoShape 1064" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="386334000"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="29" name="AutoShape 1068" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="389296275"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="30" name="AutoShape 1071" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="391382250"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="31" name="AutoShape 1075" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="393687300"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="32" name="AutoShape 1079" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="395773275"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="33" name="AutoShape 1083" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="397859250"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="34" name="AutoShape 1087" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="399945225"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="35" name="AutoShape 1090" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="402031200"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="36" name="AutoShape 1094" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="404117175"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="37" name="AutoShape 1098" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="406203150"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="38" name="AutoShape 1102" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="408070050"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="39" name="AutoShape 1106" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="410375100"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>798</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
+      <xdr:row>803</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="40" name="AutoShape 1110" descr="https://www.vinylwarehouse.hu/administrator/images/banners/no15000.png"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="6267450" y="414651825"/>
+          <a:ext cx="952500" cy="952500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2585,16554 +4440,18458 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G715"/>
+  <dimension ref="A1:G799"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A503" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C244" sqref="C244"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="J822" sqref="J822"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.85546875" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="85.85546875" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.140625" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.42578125" style="10" customWidth="1"/>
+    <col min="4" max="4" width="33.7109375" style="8" customWidth="1"/>
+    <col min="5" max="5" width="12" style="9" customWidth="1"/>
+    <col min="6" max="6" width="10.140625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="10.7109375" style="8" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+      <c r="A1" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" s="3">
+        <v>1</v>
+      </c>
+      <c r="F2" s="7">
+        <v>2578</v>
+      </c>
+      <c r="G2" s="2">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" s="3">
+        <v>1</v>
+      </c>
+      <c r="F3" s="7">
+        <v>1411</v>
+      </c>
+      <c r="G3" s="2">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" s="3">
+        <v>1</v>
+      </c>
+      <c r="F4" s="7">
+        <v>1453</v>
+      </c>
+      <c r="G4" s="2">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" s="3">
+        <v>1</v>
+      </c>
+      <c r="F5" s="7">
+        <v>806</v>
+      </c>
+      <c r="G5" s="2">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E6" s="3">
+        <v>1</v>
+      </c>
+      <c r="F6" s="7">
+        <v>69</v>
+      </c>
+      <c r="G6" s="2">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="3">
+        <v>1</v>
+      </c>
+      <c r="F7" s="7">
+        <v>541</v>
+      </c>
+      <c r="G7" s="2">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="3">
+        <v>1</v>
+      </c>
+      <c r="F8" s="7">
+        <v>1392</v>
+      </c>
+      <c r="G8" s="2">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E9" s="3">
+        <v>1</v>
+      </c>
+      <c r="F9" s="7">
+        <v>122</v>
+      </c>
+      <c r="G9" s="2">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>730</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E10" s="3">
+        <v>1</v>
+      </c>
+      <c r="F10" s="7">
+        <v>120</v>
+      </c>
+      <c r="G10" s="2">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E11" s="3">
+        <v>1</v>
+      </c>
+      <c r="F11" s="7">
+        <v>504</v>
+      </c>
+      <c r="G11" s="2">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C12" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E12" s="3">
+        <v>1</v>
+      </c>
+      <c r="F12" s="7">
+        <v>122</v>
+      </c>
+      <c r="G12" s="2">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="3">
+        <v>1</v>
+      </c>
+      <c r="F13" s="7">
+        <v>1495</v>
+      </c>
+      <c r="G13" s="2">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" s="3">
+        <v>1</v>
+      </c>
+      <c r="F14" s="7">
+        <v>700</v>
+      </c>
+      <c r="G14" s="2">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>648</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E15" s="3">
+        <v>1</v>
+      </c>
+      <c r="F15" s="7">
+        <v>513</v>
+      </c>
+      <c r="G15" s="2">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E16" s="3">
+        <v>1</v>
+      </c>
+      <c r="F16" s="7">
+        <v>191</v>
+      </c>
+      <c r="G16" s="2">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>583</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E17" s="3">
+        <v>1</v>
+      </c>
+      <c r="F17" s="7">
+        <v>740</v>
+      </c>
+      <c r="G17" s="2">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E18" s="3">
+        <v>1</v>
+      </c>
+      <c r="F18" s="7">
+        <v>731</v>
+      </c>
+      <c r="G18" s="2">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E19" s="3">
+        <v>1</v>
+      </c>
+      <c r="F19" s="7">
+        <v>1500</v>
+      </c>
+      <c r="G19" s="2">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E20" s="3">
+        <v>1</v>
+      </c>
+      <c r="F20" s="7">
+        <v>813</v>
+      </c>
+      <c r="G20" s="2">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E21" s="3">
+        <v>1</v>
+      </c>
+      <c r="F21" s="7">
+        <v>1249</v>
+      </c>
+      <c r="G21" s="2">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E22" s="3">
+        <v>1</v>
+      </c>
+      <c r="F22" s="7">
+        <v>780</v>
+      </c>
+      <c r="G22" s="2">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E23" s="3">
+        <v>1</v>
+      </c>
+      <c r="F23" s="7">
+        <v>1555</v>
+      </c>
+      <c r="G23" s="2">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E24" s="3">
+        <v>1</v>
+      </c>
+      <c r="F24" s="7">
+        <v>58</v>
+      </c>
+      <c r="G24" s="2">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E25" s="3">
+        <v>1</v>
+      </c>
+      <c r="F25" s="7">
+        <v>1068</v>
+      </c>
+      <c r="G25" s="2">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" s="3">
+        <v>1</v>
+      </c>
+      <c r="F26" s="7">
+        <v>1074</v>
+      </c>
+      <c r="G26" s="2">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E27" s="3">
+        <v>1</v>
+      </c>
+      <c r="F27" s="7">
+        <v>747</v>
+      </c>
+      <c r="G27" s="2">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>638</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E28" s="3">
+        <v>1</v>
+      </c>
+      <c r="F28" s="7">
+        <v>550</v>
+      </c>
+      <c r="G28" s="2">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E29" s="3">
+        <v>1</v>
+      </c>
+      <c r="F29" s="7">
+        <v>847</v>
+      </c>
+      <c r="G29" s="2">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E30" s="3">
+        <v>1</v>
+      </c>
+      <c r="F30" s="7">
+        <v>1122</v>
+      </c>
+      <c r="G30" s="2">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" s="3">
+        <v>1</v>
+      </c>
+      <c r="F31" s="7">
+        <v>1521</v>
+      </c>
+      <c r="G31" s="2">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" s="3">
+        <v>1</v>
+      </c>
+      <c r="F32" s="7">
+        <v>1581</v>
+      </c>
+      <c r="G32" s="2">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C33" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="3">
+        <v>1</v>
+      </c>
+      <c r="F33" s="7">
+        <v>594</v>
+      </c>
+      <c r="G33" s="2">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" s="3">
+        <v>1</v>
+      </c>
+      <c r="F34" s="7">
+        <v>1525</v>
+      </c>
+      <c r="G34" s="2">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E35" s="3">
+        <v>1</v>
+      </c>
+      <c r="F35" s="7">
+        <v>1055</v>
+      </c>
+      <c r="G35" s="2">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" s="3">
+        <v>1</v>
+      </c>
+      <c r="F36" s="7">
+        <v>1379</v>
+      </c>
+      <c r="G36" s="2">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" s="3">
+        <v>1</v>
+      </c>
+      <c r="F37" s="7">
+        <v>1535</v>
+      </c>
+      <c r="G37" s="2">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" s="3">
+        <v>1</v>
+      </c>
+      <c r="F38" s="7">
+        <v>1004</v>
+      </c>
+      <c r="G38" s="2">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E39" s="3">
+        <v>1</v>
+      </c>
+      <c r="F39" s="7">
+        <v>1215</v>
+      </c>
+      <c r="G39" s="2">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" s="3">
+        <v>1</v>
+      </c>
+      <c r="F40" s="7">
+        <v>1607</v>
+      </c>
+      <c r="G40" s="2">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E41" s="3">
+        <v>1</v>
+      </c>
+      <c r="F41" s="7">
+        <v>1229</v>
+      </c>
+      <c r="G41" s="2">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E42" s="3">
+        <v>1</v>
+      </c>
+      <c r="F42" s="7">
+        <v>1131</v>
+      </c>
+      <c r="G42" s="2">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E43" s="3">
+        <v>1</v>
+      </c>
+      <c r="F43" s="7">
+        <v>794</v>
+      </c>
+      <c r="G43" s="2">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C44" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E44" s="3">
+        <v>1</v>
+      </c>
+      <c r="F44" s="7">
+        <v>546</v>
+      </c>
+      <c r="G44" s="2">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45" s="6">
+        <v>32000</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="3">
+        <v>1</v>
+      </c>
+      <c r="F45" s="7">
+        <v>1529</v>
+      </c>
+      <c r="G45" s="2">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E46" s="3">
+        <v>1</v>
+      </c>
+      <c r="F46" s="7">
+        <v>736</v>
+      </c>
+      <c r="G46" s="2">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E47" s="3">
+        <v>1</v>
+      </c>
+      <c r="F47" s="7">
+        <v>746</v>
+      </c>
+      <c r="G47" s="2">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C48" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E48" s="3">
+        <v>1</v>
+      </c>
+      <c r="F48" s="7">
+        <v>536</v>
+      </c>
+      <c r="G48" s="2">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E49" s="3">
+        <v>1</v>
+      </c>
+      <c r="F49" s="7">
+        <v>518</v>
+      </c>
+      <c r="G49" s="2">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E50" s="3">
+        <v>1</v>
+      </c>
+      <c r="F50" s="7">
+        <v>1492</v>
+      </c>
+      <c r="G50" s="2">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="3">
+        <v>1</v>
+      </c>
+      <c r="F51" s="7">
+        <v>1467</v>
+      </c>
+      <c r="G51" s="2">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E52" s="3">
+        <v>1</v>
+      </c>
+      <c r="F52" s="7">
+        <v>1445</v>
+      </c>
+      <c r="G52" s="2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C53" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E53" s="3">
+        <v>1</v>
+      </c>
+      <c r="F53" s="7">
+        <v>1486</v>
+      </c>
+      <c r="G53" s="2">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C54" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" s="3">
+        <v>1</v>
+      </c>
+      <c r="F54" s="7">
+        <v>758</v>
+      </c>
+      <c r="G54" s="2">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C55" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" s="3">
+        <v>1</v>
+      </c>
+      <c r="F55" s="7">
+        <v>1291</v>
+      </c>
+      <c r="G55" s="2">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C56" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="3">
+        <v>1</v>
+      </c>
+      <c r="F56" s="7">
+        <v>1480</v>
+      </c>
+      <c r="G56" s="2">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E57" s="3">
+        <v>1</v>
+      </c>
+      <c r="F57" s="7">
+        <v>1381</v>
+      </c>
+      <c r="G57" s="2">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E58" s="3">
+        <v>1</v>
+      </c>
+      <c r="F58" s="7">
+        <v>797</v>
+      </c>
+      <c r="G58" s="2">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E59" s="3">
+        <v>1</v>
+      </c>
+      <c r="F59" s="7">
+        <v>1585</v>
+      </c>
+      <c r="G59" s="2">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E60" s="3">
+        <v>1</v>
+      </c>
+      <c r="F60" s="7">
+        <v>1603</v>
+      </c>
+      <c r="G60" s="2">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E61" s="3">
+        <v>1</v>
+      </c>
+      <c r="F61" s="7">
+        <v>1158</v>
+      </c>
+      <c r="G61" s="2">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E62" s="3">
+        <v>1</v>
+      </c>
+      <c r="F62" s="7">
+        <v>1348</v>
+      </c>
+      <c r="G62" s="2">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C63" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E63" s="3">
+        <v>1</v>
+      </c>
+      <c r="F63" s="7">
+        <v>1623</v>
+      </c>
+      <c r="G63" s="2">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E64" s="3">
+        <v>1</v>
+      </c>
+      <c r="F64" s="7">
+        <v>1505</v>
+      </c>
+      <c r="G64" s="2">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C65" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E65" s="3">
+        <v>1</v>
+      </c>
+      <c r="F65" s="7">
+        <v>1521</v>
+      </c>
+      <c r="G65" s="2">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>629</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E66" s="3">
+        <v>1</v>
+      </c>
+      <c r="F66" s="7">
+        <v>533</v>
+      </c>
+      <c r="G66" s="2">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E67" s="3">
+        <v>1</v>
+      </c>
+      <c r="F67" s="7">
+        <v>1308</v>
+      </c>
+      <c r="G67" s="2">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E68" s="3">
+        <v>1</v>
+      </c>
+      <c r="F68" s="7">
+        <v>1263</v>
+      </c>
+      <c r="G68" s="2">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E69" s="3">
+        <v>1</v>
+      </c>
+      <c r="F69" s="7">
+        <v>1316</v>
+      </c>
+      <c r="G69" s="2">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E70" s="3">
+        <v>1</v>
+      </c>
+      <c r="F70" s="7">
+        <v>1197</v>
+      </c>
+      <c r="G70" s="2">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E71" s="3">
+        <v>1</v>
+      </c>
+      <c r="F71" s="7">
+        <v>1337</v>
+      </c>
+      <c r="G71" s="2">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E72" s="3">
+        <v>1</v>
+      </c>
+      <c r="F72" s="7">
+        <v>1221</v>
+      </c>
+      <c r="G72" s="2">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E73" s="3">
+        <v>1</v>
+      </c>
+      <c r="F73" s="7">
+        <v>826</v>
+      </c>
+      <c r="G73" s="2">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E74" s="3">
+        <v>1</v>
+      </c>
+      <c r="F74" s="7">
+        <v>1341</v>
+      </c>
+      <c r="G74" s="2">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E75" s="3">
+        <v>1</v>
+      </c>
+      <c r="F75" s="7">
+        <v>748</v>
+      </c>
+      <c r="G75" s="2">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>705</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E76" s="3">
+        <v>1</v>
+      </c>
+      <c r="F76" s="7">
+        <v>77</v>
+      </c>
+      <c r="G76" s="2">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>702</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E77" s="3">
+        <v>1</v>
+      </c>
+      <c r="F77" s="7">
+        <v>67</v>
+      </c>
+      <c r="G77" s="2">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>677</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E78" s="3">
+        <v>1</v>
+      </c>
+      <c r="F78" s="7">
+        <v>60</v>
+      </c>
+      <c r="G78" s="2">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E79" s="3">
+        <v>1</v>
+      </c>
+      <c r="F79" s="7">
+        <v>1589</v>
+      </c>
+      <c r="G79" s="2">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E80" s="3">
+        <v>1</v>
+      </c>
+      <c r="F80" s="7">
+        <v>1646</v>
+      </c>
+      <c r="G80" s="2">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C81" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E81" s="3">
+        <v>1</v>
+      </c>
+      <c r="F81" s="7">
+        <v>1534</v>
+      </c>
+      <c r="G81" s="2">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E82" s="3">
+        <v>1</v>
+      </c>
+      <c r="F82" s="7">
+        <v>1549</v>
+      </c>
+      <c r="G82" s="2">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E83" s="3">
+        <v>1</v>
+      </c>
+      <c r="F83" s="7">
+        <v>1611</v>
+      </c>
+      <c r="G83" s="2">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E84" s="3">
+        <v>1</v>
+      </c>
+      <c r="F84" s="7">
+        <v>1343</v>
+      </c>
+      <c r="G84" s="2">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E85" s="3">
+        <v>1</v>
+      </c>
+      <c r="F85" s="7">
+        <v>60</v>
+      </c>
+      <c r="G85" s="2">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C86" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E86" s="3">
+        <v>1</v>
+      </c>
+      <c r="F86" s="7">
+        <v>1292</v>
+      </c>
+      <c r="G86" s="2">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C87" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E87" s="3">
+        <v>1</v>
+      </c>
+      <c r="F87" s="7">
+        <v>653</v>
+      </c>
+      <c r="G87" s="2">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C88" s="6">
+        <v>7500</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E88" s="3">
+        <v>1</v>
+      </c>
+      <c r="F88" s="7">
+        <v>1226</v>
+      </c>
+      <c r="G88" s="2">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>737</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E89" s="3">
+        <v>1</v>
+      </c>
+      <c r="F89" s="7">
+        <v>249</v>
+      </c>
+      <c r="G89" s="2">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C90" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E90" s="3">
+        <v>1</v>
+      </c>
+      <c r="F90" s="7">
+        <v>1467</v>
+      </c>
+      <c r="G90" s="2">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>624</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C91" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E91" s="3">
+        <v>1</v>
+      </c>
+      <c r="F91" s="7">
+        <v>617</v>
+      </c>
+      <c r="G91" s="2">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E92" s="3">
+        <v>1</v>
+      </c>
+      <c r="F92" s="7">
+        <v>1534</v>
+      </c>
+      <c r="G92" s="2">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E93" s="3">
+        <v>1</v>
+      </c>
+      <c r="F93" s="7">
+        <v>70</v>
+      </c>
+      <c r="G93" s="2">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E94" s="3">
+        <v>1</v>
+      </c>
+      <c r="F94" s="7">
+        <v>1204</v>
+      </c>
+      <c r="G94" s="2">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E95" s="3">
+        <v>1</v>
+      </c>
+      <c r="F95" s="7">
+        <v>1525</v>
+      </c>
+      <c r="G95" s="2">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E96" s="3">
+        <v>1</v>
+      </c>
+      <c r="F96" s="7">
+        <v>1557</v>
+      </c>
+      <c r="G96" s="2">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="6">
+        <v>5200</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E97" s="3">
+        <v>1</v>
+      </c>
+      <c r="F97" s="7">
+        <v>1591</v>
+      </c>
+      <c r="G97" s="2">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="6">
+        <v>5200</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E98" s="3">
+        <v>1</v>
+      </c>
+      <c r="F98" s="7">
+        <v>1282</v>
+      </c>
+      <c r="G98" s="2">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E99" s="3">
+        <v>1</v>
+      </c>
+      <c r="F99" s="7">
+        <v>1434</v>
+      </c>
+      <c r="G99" s="2">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C100" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E100" s="3">
+        <v>1</v>
+      </c>
+      <c r="F100" s="7">
+        <v>1200</v>
+      </c>
+      <c r="G100" s="2">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C101" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E101" s="3">
+        <v>1</v>
+      </c>
+      <c r="F101" s="7">
+        <v>1087</v>
+      </c>
+      <c r="G101" s="2">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="6">
+        <v>19000</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E102" s="3">
+        <v>1</v>
+      </c>
+      <c r="F102" s="7">
+        <v>1377</v>
+      </c>
+      <c r="G102" s="2">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="6">
+        <v>19000</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E103" s="3">
+        <v>1</v>
+      </c>
+      <c r="F103" s="7">
+        <v>1290</v>
+      </c>
+      <c r="G103" s="2">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E104" s="3">
+        <v>1</v>
+      </c>
+      <c r="F104" s="7">
+        <v>1475</v>
+      </c>
+      <c r="G104" s="2">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E105" s="3">
+        <v>1</v>
+      </c>
+      <c r="F105" s="7">
+        <v>432</v>
+      </c>
+      <c r="G105" s="2">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E106" s="3">
+        <v>2</v>
+      </c>
+      <c r="F106" s="7">
+        <v>816</v>
+      </c>
+      <c r="G106" s="2">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E107" s="3">
+        <v>1</v>
+      </c>
+      <c r="F107" s="7">
+        <v>830</v>
+      </c>
+      <c r="G107" s="2">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C108" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E108" s="3">
+        <v>1</v>
+      </c>
+      <c r="F108" s="7">
+        <v>536</v>
+      </c>
+      <c r="G108" s="2">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E109" s="3">
+        <v>1</v>
+      </c>
+      <c r="F109" s="7">
+        <v>1502</v>
+      </c>
+      <c r="G109" s="2">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>756</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E110" s="3">
+        <v>1</v>
+      </c>
+      <c r="F110" s="7">
+        <v>435</v>
+      </c>
+      <c r="G110" s="2">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E111" s="3">
+        <v>1</v>
+      </c>
+      <c r="F111" s="7">
+        <v>1418</v>
+      </c>
+      <c r="G111" s="2">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C112" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="3">
+        <v>1</v>
+      </c>
+      <c r="F112" s="7">
+        <v>1002</v>
+      </c>
+      <c r="G112" s="2">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C113" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" s="3">
+        <v>1</v>
+      </c>
+      <c r="F113" s="7">
+        <v>1131</v>
+      </c>
+      <c r="G113" s="2">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E114" s="3">
+        <v>1</v>
+      </c>
+      <c r="F114" s="7">
+        <v>1536</v>
+      </c>
+      <c r="G114" s="2">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C115" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E115" s="3">
+        <v>1</v>
+      </c>
+      <c r="F115" s="7">
+        <v>1294</v>
+      </c>
+      <c r="G115" s="2">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C116" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E116" s="3">
+        <v>1</v>
+      </c>
+      <c r="F116" s="7">
+        <v>934</v>
+      </c>
+      <c r="G116" s="2">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E117" s="3">
+        <v>1</v>
+      </c>
+      <c r="F117" s="7">
+        <v>74</v>
+      </c>
+      <c r="G117" s="2">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E118" s="3">
+        <v>1</v>
+      </c>
+      <c r="F118" s="7">
+        <v>583</v>
+      </c>
+      <c r="G118" s="2">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E119" s="3">
+        <v>1</v>
+      </c>
+      <c r="F119" s="7">
+        <v>1558</v>
+      </c>
+      <c r="G119" s="2">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C120" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E120" s="3">
+        <v>1</v>
+      </c>
+      <c r="F120" s="7">
+        <v>1472</v>
+      </c>
+      <c r="G120" s="2">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C121" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E121" s="3">
+        <v>1</v>
+      </c>
+      <c r="F121" s="7">
+        <v>57</v>
+      </c>
+      <c r="G121" s="2">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>732</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C122" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E122" s="3">
+        <v>1</v>
+      </c>
+      <c r="F122" s="7">
+        <v>198</v>
+      </c>
+      <c r="G122" s="2">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E123" s="3">
+        <v>1</v>
+      </c>
+      <c r="F123" s="7">
+        <v>1502</v>
+      </c>
+      <c r="G123" s="2">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C124" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E124" s="3">
+        <v>1</v>
+      </c>
+      <c r="F124" s="7">
+        <v>1351</v>
+      </c>
+      <c r="G124" s="2">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E125" s="3">
+        <v>1</v>
+      </c>
+      <c r="F125" s="7">
+        <v>1406</v>
+      </c>
+      <c r="G125" s="2">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E126" s="3">
+        <v>1</v>
+      </c>
+      <c r="F126" s="7">
+        <v>77</v>
+      </c>
+      <c r="G126" s="2">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>690</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E127" s="3">
+        <v>1</v>
+      </c>
+      <c r="F127" s="7">
+        <v>82</v>
+      </c>
+      <c r="G127" s="2">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C128" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E128" s="3">
+        <v>1</v>
+      </c>
+      <c r="F128" s="7">
+        <v>385</v>
+      </c>
+      <c r="G128" s="2">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E129" s="3">
+        <v>1</v>
+      </c>
+      <c r="F129" s="7">
+        <v>1458</v>
+      </c>
+      <c r="G129" s="2">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C130" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="E130" s="3">
+        <v>1</v>
+      </c>
+      <c r="F130" s="7">
+        <v>1317</v>
+      </c>
+      <c r="G130" s="2">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C131" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E131" s="3">
+        <v>1</v>
+      </c>
+      <c r="F131" s="7">
+        <v>1358</v>
+      </c>
+      <c r="G131" s="2">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>625</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="6">
+        <v>30000</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E132" s="3">
+        <v>1</v>
+      </c>
+      <c r="F132" s="7">
+        <v>972</v>
+      </c>
+      <c r="G132" s="2">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="6">
+        <v>1200</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E133" s="3">
+        <v>1</v>
+      </c>
+      <c r="F133" s="7">
+        <v>1446</v>
+      </c>
+      <c r="G133" s="2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="6">
+        <v>1200</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E134" s="3">
+        <v>1</v>
+      </c>
+      <c r="F134" s="7">
+        <v>1437</v>
+      </c>
+      <c r="G134" s="2">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E135" s="3">
+        <v>1</v>
+      </c>
+      <c r="F135" s="7">
+        <v>1526</v>
+      </c>
+      <c r="G135" s="2">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" s="3">
+        <v>1</v>
+      </c>
+      <c r="F136" s="7">
+        <v>772</v>
+      </c>
+      <c r="G136" s="2">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C137" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E137" s="3">
+        <v>1</v>
+      </c>
+      <c r="F137" s="7">
+        <v>540</v>
+      </c>
+      <c r="G137" s="2">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C138" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E138" s="3">
+        <v>1</v>
+      </c>
+      <c r="F138" s="7">
+        <v>1848</v>
+      </c>
+      <c r="G138" s="2">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>751</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="6">
+        <v>22000</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E139" s="3">
+        <v>1</v>
+      </c>
+      <c r="F139" s="7">
+        <v>522</v>
+      </c>
+      <c r="G139" s="2">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C140" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E140" s="3">
+        <v>1</v>
+      </c>
+      <c r="F140" s="7">
+        <v>2523</v>
+      </c>
+      <c r="G140" s="2">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C141" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E141" s="3">
+        <v>1</v>
+      </c>
+      <c r="F141" s="7">
+        <v>1648</v>
+      </c>
+      <c r="G141" s="2">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C142" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E142" s="3">
+        <v>1</v>
+      </c>
+      <c r="F142" s="7">
+        <v>1459</v>
+      </c>
+      <c r="G142" s="2">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C143" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E143" s="3">
+        <v>1</v>
+      </c>
+      <c r="F143" s="7">
+        <v>1591</v>
+      </c>
+      <c r="G143" s="2">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C144" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" s="3">
+        <v>1</v>
+      </c>
+      <c r="F144" s="7">
+        <v>1535</v>
+      </c>
+      <c r="G144" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C145" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="3">
+        <v>1</v>
+      </c>
+      <c r="F145" s="7">
+        <v>879</v>
+      </c>
+      <c r="G145" s="2">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C146" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="3">
+        <v>1</v>
+      </c>
+      <c r="F146" s="7">
+        <v>1542</v>
+      </c>
+      <c r="G146" s="2">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" s="3">
+        <v>1</v>
+      </c>
+      <c r="F147" s="7">
+        <v>1620</v>
+      </c>
+      <c r="G147" s="2">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C148" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E148" s="3">
+        <v>1</v>
+      </c>
+      <c r="F148" s="7">
+        <v>829</v>
+      </c>
+      <c r="G148" s="2">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C149" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E149" s="3">
+        <v>1</v>
+      </c>
+      <c r="F149" s="7">
+        <v>1655</v>
+      </c>
+      <c r="G149" s="2">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C150" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E150" s="3">
+        <v>1</v>
+      </c>
+      <c r="F150" s="7">
+        <v>1560</v>
+      </c>
+      <c r="G150" s="2">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C151" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E151" s="3">
+        <v>1</v>
+      </c>
+      <c r="F151" s="7">
+        <v>1574</v>
+      </c>
+      <c r="G151" s="2">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C152" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E152" s="3">
+        <v>1</v>
+      </c>
+      <c r="F152" s="7">
+        <v>1581</v>
+      </c>
+      <c r="G152" s="2">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C153" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E153" s="3">
+        <v>1</v>
+      </c>
+      <c r="F153" s="7">
+        <v>1091</v>
+      </c>
+      <c r="G153" s="2">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C154" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E154" s="3">
+        <v>1</v>
+      </c>
+      <c r="F154" s="7">
+        <v>1334</v>
+      </c>
+      <c r="G154" s="2">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C155" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E155" s="3">
+        <v>1</v>
+      </c>
+      <c r="F155" s="7">
+        <v>1470</v>
+      </c>
+      <c r="G155" s="2">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C156" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E156" s="3">
+        <v>1</v>
+      </c>
+      <c r="F156" s="7">
+        <v>1742</v>
+      </c>
+      <c r="G156" s="2">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C157" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E157" s="3">
+        <v>1</v>
+      </c>
+      <c r="F157" s="7">
+        <v>769</v>
+      </c>
+      <c r="G157" s="2">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C158" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E158" s="3">
+        <v>1</v>
+      </c>
+      <c r="F158" s="7">
+        <v>1066</v>
+      </c>
+      <c r="G158" s="2">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>764</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C159" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E159" s="3">
+        <v>1</v>
+      </c>
+      <c r="F159" s="7">
+        <v>513</v>
+      </c>
+      <c r="G159" s="2">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>770</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C160" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E160" s="3">
+        <v>1</v>
+      </c>
+      <c r="F160" s="7">
+        <v>504</v>
+      </c>
+      <c r="G160" s="2">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C161" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E161" s="3">
+        <v>1</v>
+      </c>
+      <c r="F161" s="7">
+        <v>1353</v>
+      </c>
+      <c r="G161" s="2">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C162" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E162" s="3">
+        <v>1</v>
+      </c>
+      <c r="F162" s="7">
+        <v>1395</v>
+      </c>
+      <c r="G162" s="2">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>763</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C163" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E163" s="3">
+        <v>1</v>
+      </c>
+      <c r="F163" s="7">
+        <v>486</v>
+      </c>
+      <c r="G163" s="2">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C164" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E164" s="3">
+        <v>1</v>
+      </c>
+      <c r="F164" s="7">
+        <v>635</v>
+      </c>
+      <c r="G164" s="2">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C165" s="6">
+        <v>11500</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E165" s="3">
+        <v>1</v>
+      </c>
+      <c r="F165" s="7">
+        <v>1766</v>
+      </c>
+      <c r="G165" s="2">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C166" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E166" s="3">
+        <v>1</v>
+      </c>
+      <c r="F166" s="7">
+        <v>782</v>
+      </c>
+      <c r="G166" s="2">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C167" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E167" s="3">
+        <v>1</v>
+      </c>
+      <c r="F167" s="7">
+        <v>1454</v>
+      </c>
+      <c r="G167" s="2">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C168" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="E168" s="3">
+        <v>1</v>
+      </c>
+      <c r="F168" s="7">
+        <v>778</v>
+      </c>
+      <c r="G168" s="2">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C169" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E169" s="3">
+        <v>1</v>
+      </c>
+      <c r="F169" s="7">
+        <v>804</v>
+      </c>
+      <c r="G169" s="2">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C170" s="6">
+        <v>12500</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="3">
+        <v>1</v>
+      </c>
+      <c r="F170" s="7">
+        <v>1651</v>
+      </c>
+      <c r="G170" s="2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C171" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E171" s="3">
+        <v>1</v>
+      </c>
+      <c r="F171" s="7">
+        <v>68</v>
+      </c>
+      <c r="G171" s="2">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C172" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E172" s="3">
+        <v>1</v>
+      </c>
+      <c r="F172" s="7">
+        <v>1698</v>
+      </c>
+      <c r="G172" s="2">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C173" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E173" s="3">
+        <v>1</v>
+      </c>
+      <c r="F173" s="7">
+        <v>1633</v>
+      </c>
+      <c r="G173" s="2">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C174" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E174" s="3">
+        <v>1</v>
+      </c>
+      <c r="F174" s="7">
+        <v>1911</v>
+      </c>
+      <c r="G174" s="2">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C175" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E175" s="3">
+        <v>1</v>
+      </c>
+      <c r="F175" s="7">
+        <v>203</v>
+      </c>
+      <c r="G175" s="2">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>734</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C176" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E176" s="3">
+        <v>1</v>
+      </c>
+      <c r="F176" s="7">
+        <v>182</v>
+      </c>
+      <c r="G176" s="2">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C177" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E177" s="3">
+        <v>1</v>
+      </c>
+      <c r="F177" s="7">
+        <v>722</v>
+      </c>
+      <c r="G177" s="2">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C178" s="6">
+        <v>7500</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E178" s="3">
+        <v>1</v>
+      </c>
+      <c r="F178" s="7">
+        <v>1455</v>
+      </c>
+      <c r="G178" s="2">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C179" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E179" s="3">
+        <v>1</v>
+      </c>
+      <c r="F179" s="7">
+        <v>430</v>
+      </c>
+      <c r="G179" s="2">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C180" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="E180" s="3">
+        <v>1</v>
+      </c>
+      <c r="F180" s="7">
+        <v>783</v>
+      </c>
+      <c r="G180" s="2">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C181" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E181" s="3">
+        <v>1</v>
+      </c>
+      <c r="F181" s="7">
+        <v>530</v>
+      </c>
+      <c r="G181" s="2">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C182" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="E182" s="3">
+        <v>1</v>
+      </c>
+      <c r="F182" s="7">
+        <v>1266</v>
+      </c>
+      <c r="G182" s="2">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C183" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E183" s="3">
+        <v>1</v>
+      </c>
+      <c r="F183" s="7">
+        <v>1537</v>
+      </c>
+      <c r="G183" s="2">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C184" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E184" s="3">
+        <v>1</v>
+      </c>
+      <c r="F184" s="7">
+        <v>1477</v>
+      </c>
+      <c r="G184" s="2">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C185" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E185" s="3">
+        <v>1</v>
+      </c>
+      <c r="F185" s="7">
+        <v>1691</v>
+      </c>
+      <c r="G185" s="2">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>719</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C186" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E186" s="3">
+        <v>1</v>
+      </c>
+      <c r="F186" s="7">
+        <v>94</v>
+      </c>
+      <c r="G186" s="2">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C187" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E187" s="3">
+        <v>1</v>
+      </c>
+      <c r="F187" s="7">
+        <v>1508</v>
+      </c>
+      <c r="G187" s="2">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C188" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E188" s="3">
+        <v>1</v>
+      </c>
+      <c r="F188" s="7">
+        <v>84</v>
+      </c>
+      <c r="G188" s="2">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C189" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E189" s="3">
+        <v>1</v>
+      </c>
+      <c r="F189" s="7">
+        <v>1209</v>
+      </c>
+      <c r="G189" s="2">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C190" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="3">
+        <v>1</v>
+      </c>
+      <c r="F190" s="7">
+        <v>1472</v>
+      </c>
+      <c r="G190" s="2">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A191" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C191" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E191" s="3">
+        <v>1</v>
+      </c>
+      <c r="F191" s="7">
+        <v>1664</v>
+      </c>
+      <c r="G191" s="2">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C192" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E192" s="3">
+        <v>1</v>
+      </c>
+      <c r="F192" s="7">
+        <v>1183</v>
+      </c>
+      <c r="G192" s="2">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A193" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C193" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E193" s="3">
+        <v>1</v>
+      </c>
+      <c r="F193" s="7">
+        <v>1397</v>
+      </c>
+      <c r="G193" s="2">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>685</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C194" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E194" s="3">
+        <v>1</v>
+      </c>
+      <c r="F194" s="7">
+        <v>80</v>
+      </c>
+      <c r="G194" s="2">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C195" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E195" s="3">
+        <v>1</v>
+      </c>
+      <c r="F195" s="7">
+        <v>76</v>
+      </c>
+      <c r="G195" s="2">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C196" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E196" s="3">
+        <v>1</v>
+      </c>
+      <c r="F196" s="7">
+        <v>1597</v>
+      </c>
+      <c r="G196" s="2">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A197" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C197" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="E197" s="3">
+        <v>1</v>
+      </c>
+      <c r="F197" s="7">
+        <v>1315</v>
+      </c>
+      <c r="G197" s="2">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A198" s="4" t="s">
+        <v>765</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C198" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E198" s="3">
+        <v>1</v>
+      </c>
+      <c r="F198" s="7">
+        <v>469</v>
+      </c>
+      <c r="G198" s="2">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C199" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E199" s="3">
+        <v>1</v>
+      </c>
+      <c r="F199" s="7">
+        <v>794</v>
+      </c>
+      <c r="G199" s="2">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A200" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C200" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E200" s="3">
+        <v>1</v>
+      </c>
+      <c r="F200" s="7">
+        <v>1384</v>
+      </c>
+      <c r="G200" s="2">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C201" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E201" s="3">
+        <v>1</v>
+      </c>
+      <c r="F201" s="7">
+        <v>548</v>
+      </c>
+      <c r="G201" s="2">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A202" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C202" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E202" s="3">
+        <v>1</v>
+      </c>
+      <c r="F202" s="7">
+        <v>1381</v>
+      </c>
+      <c r="G202" s="2">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A203" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C203" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E203" s="3">
+        <v>1</v>
+      </c>
+      <c r="F203" s="7">
+        <v>522</v>
+      </c>
+      <c r="G203" s="2">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C204" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E204" s="3">
+        <v>1</v>
+      </c>
+      <c r="F204" s="7">
+        <v>1001</v>
+      </c>
+      <c r="G204" s="2">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A205" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C205" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E205" s="3">
+        <v>1</v>
+      </c>
+      <c r="F205" s="7">
+        <v>1444</v>
+      </c>
+      <c r="G205" s="2">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C206" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E206" s="3">
+        <v>1</v>
+      </c>
+      <c r="F206" s="7">
+        <v>1213</v>
+      </c>
+      <c r="G206" s="2">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A207" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C207" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E207" s="3">
+        <v>1</v>
+      </c>
+      <c r="F207" s="7">
+        <v>1671</v>
+      </c>
+      <c r="G207" s="2">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C208" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E208" s="3">
+        <v>1</v>
+      </c>
+      <c r="F208" s="7">
+        <v>1318</v>
+      </c>
+      <c r="G208" s="2">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A209" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C209" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E209" s="3">
+        <v>1</v>
+      </c>
+      <c r="F209" s="7">
+        <v>1229</v>
+      </c>
+      <c r="G209" s="2">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C210" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E210" s="3">
+        <v>1</v>
+      </c>
+      <c r="F210" s="7">
+        <v>1538</v>
+      </c>
+      <c r="G210" s="2">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A211" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C211" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E211" s="3">
+        <v>1</v>
+      </c>
+      <c r="F211" s="7">
+        <v>1150</v>
+      </c>
+      <c r="G211" s="2">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="4" t="s">
+        <v>758</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C212" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E212" s="3">
+        <v>1</v>
+      </c>
+      <c r="F212" s="7">
+        <v>460</v>
+      </c>
+      <c r="G212" s="2">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>681</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C213" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E213" s="3">
+        <v>1</v>
+      </c>
+      <c r="F213" s="7">
+        <v>77</v>
+      </c>
+      <c r="G213" s="2">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C214" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E214" s="3">
+        <v>1</v>
+      </c>
+      <c r="F214" s="7">
+        <v>1517</v>
+      </c>
+      <c r="G214" s="2">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C215" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E215" s="3">
+        <v>1</v>
+      </c>
+      <c r="F215" s="7">
+        <v>753</v>
+      </c>
+      <c r="G215" s="2">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C216" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="E216" s="3">
+        <v>1</v>
+      </c>
+      <c r="F216" s="7">
+        <v>1507</v>
+      </c>
+      <c r="G216" s="2">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A217" s="4" t="s">
+        <v>716</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C217" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E217" s="3">
+        <v>1</v>
+      </c>
+      <c r="F217" s="7">
+        <v>94</v>
+      </c>
+      <c r="G217" s="2">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C218" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E218" s="3">
+        <v>1</v>
+      </c>
+      <c r="F218" s="7">
+        <v>512</v>
+      </c>
+      <c r="G218" s="2">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A219" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C219" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E219" s="3">
+        <v>1</v>
+      </c>
+      <c r="F219" s="7">
+        <v>896</v>
+      </c>
+      <c r="G219" s="2">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A220" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C220" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E220" s="3">
+        <v>1</v>
+      </c>
+      <c r="F220" s="7">
+        <v>1387</v>
+      </c>
+      <c r="G220" s="2">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C221" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E221" s="3">
+        <v>1</v>
+      </c>
+      <c r="F221" s="7">
+        <v>1500</v>
+      </c>
+      <c r="G221" s="2">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A222" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C222" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E222" s="3">
+        <v>1</v>
+      </c>
+      <c r="F222" s="7">
+        <v>854</v>
+      </c>
+      <c r="G222" s="2">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C223" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E223" s="3">
+        <v>1</v>
+      </c>
+      <c r="F223" s="7">
+        <v>1553</v>
+      </c>
+      <c r="G223" s="2">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C224" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E224" s="3">
+        <v>1</v>
+      </c>
+      <c r="F224" s="7">
+        <v>833</v>
+      </c>
+      <c r="G224" s="2">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A225" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C225" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E225" s="3">
+        <v>1</v>
+      </c>
+      <c r="F225" s="7">
+        <v>1394</v>
+      </c>
+      <c r="G225" s="2">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C226" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E226" s="3">
+        <v>1</v>
+      </c>
+      <c r="F226" s="7">
+        <v>837</v>
+      </c>
+      <c r="G226" s="2">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A227" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C227" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E227" s="3">
+        <v>1</v>
+      </c>
+      <c r="F227" s="7">
+        <v>1703</v>
+      </c>
+      <c r="G227" s="2">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C228" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E228" s="3">
+        <v>1</v>
+      </c>
+      <c r="F228" s="7">
+        <v>1529</v>
+      </c>
+      <c r="G228" s="2">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A229" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C229" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E229" s="3">
+        <v>1</v>
+      </c>
+      <c r="F229" s="7">
+        <v>1327</v>
+      </c>
+      <c r="G229" s="2">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C230" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E230" s="3">
+        <v>1</v>
+      </c>
+      <c r="F230" s="7">
+        <v>1291</v>
+      </c>
+      <c r="G230" s="2">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A231" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C231" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E231" s="3">
+        <v>1</v>
+      </c>
+      <c r="F231" s="7">
+        <v>1577</v>
+      </c>
+      <c r="G231" s="2">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C232" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E232" s="3">
+        <v>1</v>
+      </c>
+      <c r="F232" s="7">
+        <v>1641</v>
+      </c>
+      <c r="G232" s="2">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A233" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C233" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E233" s="3">
+        <v>1</v>
+      </c>
+      <c r="F233" s="7">
+        <v>1306</v>
+      </c>
+      <c r="G233" s="2">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C234" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E234" s="3">
+        <v>1</v>
+      </c>
+      <c r="F234" s="7">
+        <v>1201</v>
+      </c>
+      <c r="G234" s="2">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A235" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C235" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E235" s="3">
+        <v>1</v>
+      </c>
+      <c r="F235" s="7">
+        <v>813</v>
+      </c>
+      <c r="G235" s="2">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="4" t="s">
+        <v>740</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C236" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="E236" s="3">
+        <v>1</v>
+      </c>
+      <c r="F236" s="7">
+        <v>250</v>
+      </c>
+      <c r="G236" s="2">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A237" s="4" t="s">
+        <v>733</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C237" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E237" s="3">
+        <v>1</v>
+      </c>
+      <c r="F237" s="7">
+        <v>136</v>
+      </c>
+      <c r="G237" s="2">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E238" s="3">
+        <v>1</v>
+      </c>
+      <c r="F238" s="7">
+        <v>790</v>
+      </c>
+      <c r="G238" s="2">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C239" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E239" s="3">
+        <v>1</v>
+      </c>
+      <c r="F239" s="7">
+        <v>1756</v>
+      </c>
+      <c r="G239" s="2">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A240" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E240" s="3">
+        <v>1</v>
+      </c>
+      <c r="F240" s="7">
+        <v>803</v>
+      </c>
+      <c r="G240" s="2">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A241" s="4" t="s">
+        <v>722</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E241" s="3">
+        <v>1</v>
+      </c>
+      <c r="F241" s="7">
+        <v>205</v>
+      </c>
+      <c r="G241" s="2">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B242" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C242" s="6">
+        <v>25000</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E242" s="3">
+        <v>2</v>
+      </c>
+      <c r="F242" s="7">
+        <v>1458</v>
+      </c>
+      <c r="G242" s="2">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C243" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E243" s="3">
+        <v>1</v>
+      </c>
+      <c r="F243" s="7">
+        <v>1797</v>
+      </c>
+      <c r="G243" s="2">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A244" s="4" t="s">
+        <v>636</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C244" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E244" s="3">
+        <v>1</v>
+      </c>
+      <c r="F244" s="7">
+        <v>621</v>
+      </c>
+      <c r="G244" s="2">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A245" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C245" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E245" s="3">
+        <v>1</v>
+      </c>
+      <c r="F245" s="7">
+        <v>1415</v>
+      </c>
+      <c r="G245" s="2">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E246" s="3">
+        <v>1</v>
+      </c>
+      <c r="F246" s="7">
+        <v>1562</v>
+      </c>
+      <c r="G246" s="2">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A247" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E247" s="3">
+        <v>1</v>
+      </c>
+      <c r="F247" s="7">
+        <v>61</v>
+      </c>
+      <c r="G247" s="2">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A248" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E248" s="3">
+        <v>1</v>
+      </c>
+      <c r="F248" s="7">
+        <v>168</v>
+      </c>
+      <c r="G248" s="2">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C249" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E249" s="3">
+        <v>1</v>
+      </c>
+      <c r="F249" s="7">
+        <v>1319</v>
+      </c>
+      <c r="G249" s="2">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E250" s="3">
+        <v>1</v>
+      </c>
+      <c r="F250" s="7">
+        <v>1576</v>
+      </c>
+      <c r="G250" s="2">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A251" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C251" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E251" s="3">
+        <v>1</v>
+      </c>
+      <c r="F251" s="7">
+        <v>74</v>
+      </c>
+      <c r="G251" s="2">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A252" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E252" s="3">
+        <v>1</v>
+      </c>
+      <c r="F252" s="7">
+        <v>1170</v>
+      </c>
+      <c r="G252" s="2">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B253" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C253" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="3">
+        <v>1</v>
+      </c>
+      <c r="F253" s="7">
+        <v>1130</v>
+      </c>
+      <c r="G253" s="2">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A254" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C254" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" s="3">
+        <v>1</v>
+      </c>
+      <c r="F254" s="7">
+        <v>1724</v>
+      </c>
+      <c r="G254" s="2">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>689</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C255" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E255" s="3">
+        <v>1</v>
+      </c>
+      <c r="F255" s="7">
+        <v>79</v>
+      </c>
+      <c r="G255" s="2">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C256" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E256" s="3">
+        <v>1</v>
+      </c>
+      <c r="F256" s="7">
+        <v>944</v>
+      </c>
+      <c r="G256" s="2">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C257" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E257" s="3">
+        <v>1</v>
+      </c>
+      <c r="F257" s="7">
+        <v>81</v>
+      </c>
+      <c r="G257" s="2">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A258" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E258" s="3">
+        <v>1</v>
+      </c>
+      <c r="F258" s="7">
+        <v>1500</v>
+      </c>
+      <c r="G258" s="2">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C259" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E259" s="3">
+        <v>2</v>
+      </c>
+      <c r="F259" s="7">
+        <v>1208</v>
+      </c>
+      <c r="G259" s="2">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A260" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C260" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E260" s="3">
+        <v>1</v>
+      </c>
+      <c r="F260" s="7">
+        <v>1562</v>
+      </c>
+      <c r="G260" s="2">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C261" s="6">
+        <v>16000</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E261" s="3">
+        <v>1</v>
+      </c>
+      <c r="F261" s="7">
+        <v>1727</v>
+      </c>
+      <c r="G261" s="2">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A262" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C262" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E262" s="3">
+        <v>1</v>
+      </c>
+      <c r="F262" s="7">
+        <v>1053</v>
+      </c>
+      <c r="G262" s="2">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A263" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C263" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E263" s="3">
+        <v>1</v>
+      </c>
+      <c r="F263" s="7">
+        <v>1266</v>
+      </c>
+      <c r="G263" s="2">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C264" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E264" s="3">
+        <v>1</v>
+      </c>
+      <c r="F264" s="7">
+        <v>1230</v>
+      </c>
+      <c r="G264" s="2">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A265" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C265" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E265" s="3">
+        <v>1</v>
+      </c>
+      <c r="F265" s="7">
+        <v>1588</v>
+      </c>
+      <c r="G265" s="2">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C266" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E266" s="3">
+        <v>1</v>
+      </c>
+      <c r="F266" s="7">
+        <v>1522</v>
+      </c>
+      <c r="G266" s="2">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C267" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" s="3">
+        <v>1</v>
+      </c>
+      <c r="F267" s="7">
+        <v>1315</v>
+      </c>
+      <c r="G267" s="2">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C268" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E268" s="3">
+        <v>1</v>
+      </c>
+      <c r="F268" s="7">
+        <v>611</v>
+      </c>
+      <c r="G268" s="2">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C269" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E269" s="3">
+        <v>1</v>
+      </c>
+      <c r="F269" s="7">
+        <v>1282</v>
+      </c>
+      <c r="G269" s="2">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C270" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E270" s="3">
+        <v>1</v>
+      </c>
+      <c r="F270" s="7">
+        <v>1635</v>
+      </c>
+      <c r="G270" s="2">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A271" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C271" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E271" s="3">
+        <v>1</v>
+      </c>
+      <c r="F271" s="7">
+        <v>530</v>
+      </c>
+      <c r="G271" s="2">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C272" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E272" s="3">
+        <v>1</v>
+      </c>
+      <c r="F272" s="7">
+        <v>1316</v>
+      </c>
+      <c r="G272" s="2">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C273" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E273" s="3">
+        <v>1</v>
+      </c>
+      <c r="F273" s="7">
+        <v>1617</v>
+      </c>
+      <c r="G273" s="2">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A274" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C274" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E274" s="3">
+        <v>1</v>
+      </c>
+      <c r="F274" s="7">
+        <v>1599</v>
+      </c>
+      <c r="G274" s="2">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C275" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E275" s="3">
+        <v>1</v>
+      </c>
+      <c r="F275" s="7">
+        <v>480</v>
+      </c>
+      <c r="G275" s="2">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A276" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C276" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E276" s="3">
+        <v>1</v>
+      </c>
+      <c r="F276" s="7">
+        <v>1712</v>
+      </c>
+      <c r="G276" s="2">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A277" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C277" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E277" s="3">
+        <v>1</v>
+      </c>
+      <c r="F277" s="7">
+        <v>1655</v>
+      </c>
+      <c r="G277" s="2">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C278" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E278" s="3">
+        <v>1</v>
+      </c>
+      <c r="F278" s="7">
+        <v>433</v>
+      </c>
+      <c r="G278" s="2">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B279" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C279" s="6">
+        <v>11000</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E279" s="3">
+        <v>1</v>
+      </c>
+      <c r="F279" s="7">
+        <v>1956</v>
+      </c>
+      <c r="G279" s="2">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C280" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E280" s="3">
+        <v>1</v>
+      </c>
+      <c r="F280" s="7">
+        <v>1435</v>
+      </c>
+      <c r="G280" s="2">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A281" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C281" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E281" s="3">
+        <v>1</v>
+      </c>
+      <c r="F281" s="7">
+        <v>1135</v>
+      </c>
+      <c r="G281" s="2">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C282" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E282" s="3">
+        <v>1</v>
+      </c>
+      <c r="F282" s="7">
+        <v>778</v>
+      </c>
+      <c r="G282" s="2">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A283" s="4" t="s">
+        <v>726</v>
+      </c>
+      <c r="B283" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C283" s="6">
+        <v>1600</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E283" s="3">
+        <v>1</v>
+      </c>
+      <c r="F283" s="7">
+        <v>142</v>
+      </c>
+      <c r="G283" s="2">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="B284" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C284" s="6">
+        <v>7500</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E284" s="3">
+        <v>1</v>
+      </c>
+      <c r="F284" s="7">
+        <v>1592</v>
+      </c>
+      <c r="G284" s="2">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C285" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="E285" s="3">
+        <v>1</v>
+      </c>
+      <c r="F285" s="7">
+        <v>1072</v>
+      </c>
+      <c r="G285" s="2">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A286" s="4" t="s">
+        <v>759</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C286" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E286" s="3">
+        <v>1</v>
+      </c>
+      <c r="F286" s="7">
+        <v>542</v>
+      </c>
+      <c r="G286" s="2">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="B287" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C287" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" s="3">
+        <v>1</v>
+      </c>
+      <c r="F287" s="7">
+        <v>807</v>
+      </c>
+      <c r="G287" s="2">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B288" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C288" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E288" s="3">
+        <v>1</v>
+      </c>
+      <c r="F288" s="7">
+        <v>1524</v>
+      </c>
+      <c r="G288" s="2">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C289" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E289" s="3">
+        <v>1</v>
+      </c>
+      <c r="F289" s="7">
+        <v>1401</v>
+      </c>
+      <c r="G289" s="2">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A290" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C290" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E290" s="3">
+        <v>1</v>
+      </c>
+      <c r="F290" s="7">
+        <v>1550</v>
+      </c>
+      <c r="G290" s="2">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C291" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E291" s="3">
+        <v>1</v>
+      </c>
+      <c r="F291" s="7">
+        <v>1619</v>
+      </c>
+      <c r="G291" s="2">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A292" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C292" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E292" s="3">
+        <v>1</v>
+      </c>
+      <c r="F292" s="7">
+        <v>1279</v>
+      </c>
+      <c r="G292" s="2">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>771</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C293" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E293" s="3">
+        <v>1</v>
+      </c>
+      <c r="F293" s="7">
+        <v>666</v>
+      </c>
+      <c r="G293" s="2">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C294" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E294" s="3">
+        <v>1</v>
+      </c>
+      <c r="F294" s="7">
+        <v>1551</v>
+      </c>
+      <c r="G294" s="2">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A295" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C295" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E295" s="3">
+        <v>1</v>
+      </c>
+      <c r="F295" s="7">
+        <v>1381</v>
+      </c>
+      <c r="G295" s="2">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B296" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C296" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E296" s="3">
+        <v>1</v>
+      </c>
+      <c r="F296" s="7">
+        <v>1280</v>
+      </c>
+      <c r="G296" s="2">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A297" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C297" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E297" s="3">
+        <v>1</v>
+      </c>
+      <c r="F297" s="7">
+        <v>1557</v>
+      </c>
+      <c r="G297" s="2">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C298" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E298" s="3">
+        <v>1</v>
+      </c>
+      <c r="F298" s="7">
+        <v>1743</v>
+      </c>
+      <c r="G298" s="2">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A299" s="4" t="s">
+        <v>652</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C299" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E299" s="3">
+        <v>1</v>
+      </c>
+      <c r="F299" s="7">
+        <v>546</v>
+      </c>
+      <c r="G299" s="2">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C300" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E300" s="3">
+        <v>1</v>
+      </c>
+      <c r="F300" s="7">
+        <v>1564</v>
+      </c>
+      <c r="G300" s="2">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A301" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C301" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E301" s="3">
+        <v>1</v>
+      </c>
+      <c r="F301" s="7">
+        <v>931</v>
+      </c>
+      <c r="G301" s="2">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C302" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" s="3">
+        <v>1</v>
+      </c>
+      <c r="F302" s="7">
+        <v>1727</v>
+      </c>
+      <c r="G302" s="2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A303" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C303" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" s="3">
+        <v>1</v>
+      </c>
+      <c r="F303" s="7">
+        <v>1580</v>
+      </c>
+      <c r="G303" s="2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C304" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E304" s="3">
+        <v>1</v>
+      </c>
+      <c r="F304" s="7">
+        <v>1790</v>
+      </c>
+      <c r="G304" s="2">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C305" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E305" s="3">
+        <v>1</v>
+      </c>
+      <c r="F305" s="7">
+        <v>1550</v>
+      </c>
+      <c r="G305" s="2">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C306" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E306" s="3">
+        <v>1</v>
+      </c>
+      <c r="F306" s="7">
+        <v>896</v>
+      </c>
+      <c r="G306" s="2">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C307" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E307" s="3">
+        <v>1</v>
+      </c>
+      <c r="F307" s="7">
+        <v>763</v>
+      </c>
+      <c r="G307" s="2">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A308" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C308" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E308" s="3">
+        <v>1</v>
+      </c>
+      <c r="F308" s="7">
+        <v>750</v>
+      </c>
+      <c r="G308" s="2">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C309" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E309" s="3">
+        <v>1</v>
+      </c>
+      <c r="F309" s="7">
+        <v>1517</v>
+      </c>
+      <c r="G309" s="2">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A310" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C310" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E310" s="3">
+        <v>1</v>
+      </c>
+      <c r="F310" s="7">
+        <v>1203</v>
+      </c>
+      <c r="G310" s="2">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C311" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E311" s="3">
+        <v>1</v>
+      </c>
+      <c r="F311" s="7">
+        <v>1520</v>
+      </c>
+      <c r="G311" s="2">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A312" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C312" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E312" s="3">
+        <v>1</v>
+      </c>
+      <c r="F312" s="7">
+        <v>897</v>
+      </c>
+      <c r="G312" s="2">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C313" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E313" s="3">
+        <v>1</v>
+      </c>
+      <c r="F313" s="7">
+        <v>922</v>
+      </c>
+      <c r="G313" s="2">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A314" s="4" t="s">
+        <v>760</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C314" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E314" s="3">
+        <v>1</v>
+      </c>
+      <c r="F314" s="7">
+        <v>472</v>
+      </c>
+      <c r="G314" s="2">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C315" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E315" s="3">
+        <v>1</v>
+      </c>
+      <c r="F315" s="7">
+        <v>1499</v>
+      </c>
+      <c r="G315" s="2">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A316" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B316" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C316" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E316" s="3">
+        <v>1</v>
+      </c>
+      <c r="F316" s="7">
+        <v>1608</v>
+      </c>
+      <c r="G316" s="2">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C317" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E317" s="3">
+        <v>1</v>
+      </c>
+      <c r="F317" s="7">
+        <v>67</v>
+      </c>
+      <c r="G317" s="2">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C318" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E318" s="3">
+        <v>1</v>
+      </c>
+      <c r="F318" s="7">
+        <v>68</v>
+      </c>
+      <c r="G318" s="2">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C319" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E319" s="3">
+        <v>1</v>
+      </c>
+      <c r="F319" s="7">
+        <v>1539</v>
+      </c>
+      <c r="G319" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A320" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C320" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E320" s="3">
+        <v>1</v>
+      </c>
+      <c r="F320" s="7">
+        <v>68</v>
+      </c>
+      <c r="G320" s="2">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C321" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E321" s="3">
+        <v>1</v>
+      </c>
+      <c r="F321" s="7">
+        <v>1433</v>
+      </c>
+      <c r="G321" s="2">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A322" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C322" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E322" s="3">
+        <v>1</v>
+      </c>
+      <c r="F322" s="7">
+        <v>1648</v>
+      </c>
+      <c r="G322" s="2">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A323" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C323" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E323" s="3">
+        <v>1</v>
+      </c>
+      <c r="F323" s="7">
+        <v>881</v>
+      </c>
+      <c r="G323" s="2">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C324" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E324" s="3">
+        <v>1</v>
+      </c>
+      <c r="F324" s="7">
+        <v>1288</v>
+      </c>
+      <c r="G324" s="2">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A325" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C325" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E325" s="3">
+        <v>1</v>
+      </c>
+      <c r="F325" s="7">
+        <v>1004</v>
+      </c>
+      <c r="G325" s="2">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C326" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E326" s="3">
+        <v>1</v>
+      </c>
+      <c r="F326" s="7">
+        <v>1063</v>
+      </c>
+      <c r="G326" s="2">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A327" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C327" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E327" s="3">
+        <v>1</v>
+      </c>
+      <c r="F327" s="7">
+        <v>1212</v>
+      </c>
+      <c r="G327" s="2">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C328" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E328" s="3">
+        <v>1</v>
+      </c>
+      <c r="F328" s="7">
+        <v>1400</v>
+      </c>
+      <c r="G328" s="2">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="B329" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C329" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E329" s="3">
+        <v>1</v>
+      </c>
+      <c r="F329" s="7">
+        <v>1649</v>
+      </c>
+      <c r="G329" s="2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A330" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C330" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E330" s="3">
+        <v>1</v>
+      </c>
+      <c r="F330" s="7">
+        <v>1586</v>
+      </c>
+      <c r="G330" s="2">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C331" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E331" s="3">
+        <v>1</v>
+      </c>
+      <c r="F331" s="7">
+        <v>1515</v>
+      </c>
+      <c r="G331" s="2">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A332" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C332" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E332" s="3">
+        <v>1</v>
+      </c>
+      <c r="F332" s="7">
+        <v>1696</v>
+      </c>
+      <c r="G332" s="2">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C333" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E333" s="3">
+        <v>1</v>
+      </c>
+      <c r="F333" s="7">
+        <v>1510</v>
+      </c>
+      <c r="G333" s="2">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A334" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C334" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E334" s="3">
+        <v>1</v>
+      </c>
+      <c r="F334" s="7">
+        <v>1162</v>
+      </c>
+      <c r="G334" s="2">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="B335" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C335" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E335" s="3">
+        <v>1</v>
+      </c>
+      <c r="F335" s="7">
+        <v>763</v>
+      </c>
+      <c r="G335" s="2">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A336" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C336" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E336" s="3">
+        <v>1</v>
+      </c>
+      <c r="F336" s="7">
+        <v>782</v>
+      </c>
+      <c r="G336" s="2">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C337" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E337" s="3">
+        <v>1</v>
+      </c>
+      <c r="F337" s="7">
+        <v>1385</v>
+      </c>
+      <c r="G337" s="2">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A338" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C338" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E338" s="3">
+        <v>1</v>
+      </c>
+      <c r="F338" s="7">
+        <v>1593</v>
+      </c>
+      <c r="G338" s="2">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A339" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C339" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E339" s="3">
+        <v>1</v>
+      </c>
+      <c r="F339" s="7">
+        <v>878</v>
+      </c>
+      <c r="G339" s="2">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A340" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C340" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E340" s="3">
+        <v>1</v>
+      </c>
+      <c r="F340" s="7">
+        <v>1598</v>
+      </c>
+      <c r="G340" s="2">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A341" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="B341" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C341" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E341" s="3">
+        <v>1</v>
+      </c>
+      <c r="F341" s="7">
+        <v>571</v>
+      </c>
+      <c r="G341" s="2">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="4" t="s">
+        <v>777</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C342" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" s="3">
+        <v>1</v>
+      </c>
+      <c r="F342" s="7">
+        <v>575</v>
+      </c>
+      <c r="G342" s="2">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A343" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C343" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E343" s="3">
+        <v>1</v>
+      </c>
+      <c r="F343" s="7">
+        <v>1748</v>
+      </c>
+      <c r="G343" s="2">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B344" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C344" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E344" s="3">
+        <v>1</v>
+      </c>
+      <c r="F344" s="7">
+        <v>1042</v>
+      </c>
+      <c r="G344" s="2">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B345" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C345" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E345" s="3">
+        <v>1</v>
+      </c>
+      <c r="F345" s="7">
+        <v>1592</v>
+      </c>
+      <c r="G345" s="2">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A346" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B346" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C346" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E346" s="3">
+        <v>1</v>
+      </c>
+      <c r="F346" s="7">
+        <v>1674</v>
+      </c>
+      <c r="G346" s="2">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="B347" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C347" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D347" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E347" s="3">
+        <v>1</v>
+      </c>
+      <c r="F347" s="7">
+        <v>455</v>
+      </c>
+      <c r="G347" s="2">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="B348" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C348" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E348" s="3">
+        <v>1</v>
+      </c>
+      <c r="F348" s="7">
+        <v>920</v>
+      </c>
+      <c r="G348" s="2">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B349" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C349" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E349" s="3">
+        <v>1</v>
+      </c>
+      <c r="F349" s="7">
+        <v>1300</v>
+      </c>
+      <c r="G349" s="2">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A350" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B350" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C350" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E350" s="3">
+        <v>1</v>
+      </c>
+      <c r="F350" s="7">
+        <v>1539</v>
+      </c>
+      <c r="G350" s="2">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A351" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B351" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C351" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E351" s="3">
+        <v>1</v>
+      </c>
+      <c r="F351" s="7">
+        <v>1587</v>
+      </c>
+      <c r="G351" s="2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B352" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C352" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E352" s="3">
+        <v>1</v>
+      </c>
+      <c r="F352" s="7">
+        <v>1673</v>
+      </c>
+      <c r="G352" s="2">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="B353" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C353" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E353" s="3">
+        <v>1</v>
+      </c>
+      <c r="F353" s="7">
+        <v>67</v>
+      </c>
+      <c r="G353" s="2">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="B354" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C354" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E354" s="3">
+        <v>1</v>
+      </c>
+      <c r="F354" s="7">
+        <v>535</v>
+      </c>
+      <c r="G354" s="2">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A355" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B355" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C355" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E355" s="3">
+        <v>1</v>
+      </c>
+      <c r="F355" s="7">
+        <v>851</v>
+      </c>
+      <c r="G355" s="2">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="B356" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C356" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E356" s="3">
+        <v>1</v>
+      </c>
+      <c r="F356" s="7">
+        <v>1276</v>
+      </c>
+      <c r="G356" s="2">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A357" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="B357" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C357" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="E357" s="3">
+        <v>1</v>
+      </c>
+      <c r="F357" s="7">
+        <v>1385</v>
+      </c>
+      <c r="G357" s="2">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A358" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="B358" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C358" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E358" s="3">
+        <v>1</v>
+      </c>
+      <c r="F358" s="7">
+        <v>765</v>
+      </c>
+      <c r="G358" s="2">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A359" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B359" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C359" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E359" s="3">
+        <v>1</v>
+      </c>
+      <c r="F359" s="7">
+        <v>1585</v>
+      </c>
+      <c r="G359" s="2">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C360" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E360" s="3">
+        <v>1</v>
+      </c>
+      <c r="F360" s="7">
+        <v>1248</v>
+      </c>
+      <c r="G360" s="2">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A361" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="B361" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C361" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E361" s="3">
+        <v>1</v>
+      </c>
+      <c r="F361" s="7">
+        <v>652</v>
+      </c>
+      <c r="G361" s="2">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B362" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C362" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E362" s="3">
+        <v>1</v>
+      </c>
+      <c r="F362" s="7">
+        <v>1368</v>
+      </c>
+      <c r="G362" s="2">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B363" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C363" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E363" s="3">
+        <v>1</v>
+      </c>
+      <c r="F363" s="7">
+        <v>1402</v>
+      </c>
+      <c r="G363" s="2">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A364" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="B364" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C364" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E364" s="3">
+        <v>1</v>
+      </c>
+      <c r="F364" s="7">
+        <v>1360</v>
+      </c>
+      <c r="G364" s="2">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="B365" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C365" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" s="3">
+        <v>1</v>
+      </c>
+      <c r="F365" s="7">
+        <v>1185</v>
+      </c>
+      <c r="G365" s="2">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B366" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C366" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E366" s="3">
+        <v>1</v>
+      </c>
+      <c r="F366" s="7">
+        <v>1478</v>
+      </c>
+      <c r="G366" s="2">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B367" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C367" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E367" s="3">
+        <v>1</v>
+      </c>
+      <c r="F367" s="7">
+        <v>1370</v>
+      </c>
+      <c r="G367" s="2">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="4" t="s">
+        <v>762</v>
+      </c>
+      <c r="B368" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C368" s="6">
+        <v>8500</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E368" s="3">
+        <v>1</v>
+      </c>
+      <c r="F368" s="7">
+        <v>786</v>
+      </c>
+      <c r="G368" s="2">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A369" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B369" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C369" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E369" s="3">
+        <v>1</v>
+      </c>
+      <c r="F369" s="7">
+        <v>1669</v>
+      </c>
+      <c r="G369" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B370" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C370" s="6">
+        <v>20000</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E370" s="3">
+        <v>1</v>
+      </c>
+      <c r="F370" s="7">
+        <v>2167</v>
+      </c>
+      <c r="G370" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A371" s="4" t="s">
+        <v>654</v>
+      </c>
+      <c r="B371" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C371" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E371" s="3">
+        <v>1</v>
+      </c>
+      <c r="F371" s="7">
+        <v>565</v>
+      </c>
+      <c r="G371" s="2">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="4" t="s">
+        <v>657</v>
+      </c>
+      <c r="B372" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C372" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E372" s="3">
+        <v>1</v>
+      </c>
+      <c r="F372" s="7">
+        <v>508</v>
+      </c>
+      <c r="G372" s="2">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B373" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C373" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E373" s="3">
+        <v>1</v>
+      </c>
+      <c r="F373" s="7">
+        <v>1218</v>
+      </c>
+      <c r="G373" s="2">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A374" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="B374" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C374" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E374" s="3">
+        <v>1</v>
+      </c>
+      <c r="F374" s="7">
+        <v>1225</v>
+      </c>
+      <c r="G374" s="2">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A375" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="B375" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C375" s="6">
+        <v>9000</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E375" s="3">
+        <v>1</v>
+      </c>
+      <c r="F375" s="7">
+        <v>1053</v>
+      </c>
+      <c r="G375" s="2">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="4" t="s">
+        <v>769</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C376" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E376" s="3">
+        <v>1</v>
+      </c>
+      <c r="F376" s="7">
+        <v>482</v>
+      </c>
+      <c r="G376" s="2">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A377" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="B377" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C377" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E377" s="3">
+        <v>1</v>
+      </c>
+      <c r="F377" s="7">
+        <v>1115</v>
+      </c>
+      <c r="G377" s="2">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="B378" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C378" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E378" s="3">
+        <v>1</v>
+      </c>
+      <c r="F378" s="7">
+        <v>71</v>
+      </c>
+      <c r="G378" s="2">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A379" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="B379" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C379" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E379" s="3">
+        <v>1</v>
+      </c>
+      <c r="F379" s="7">
+        <v>1494</v>
+      </c>
+      <c r="G379" s="2">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="B380" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C380" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E380" s="3">
+        <v>1</v>
+      </c>
+      <c r="F380" s="7">
+        <v>1122</v>
+      </c>
+      <c r="G380" s="2">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A381" s="4" t="s">
         <v>703</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="B381" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C381" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E381" s="3">
+        <v>1</v>
+      </c>
+      <c r="F381" s="7">
+        <v>81</v>
+      </c>
+      <c r="G381" s="2">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="B382" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C382" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D382" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E382" s="3">
+        <v>1</v>
+      </c>
+      <c r="F382" s="7">
+        <v>63</v>
+      </c>
+      <c r="G382" s="2">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A383" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C383" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E383" s="3">
+        <v>1</v>
+      </c>
+      <c r="F383" s="7">
+        <v>72</v>
+      </c>
+      <c r="G383" s="2">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="4" t="s">
         <v>698</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="B384" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C384" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D384" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="E384" s="3">
+        <v>1</v>
+      </c>
+      <c r="F384" s="7">
+        <v>65</v>
+      </c>
+      <c r="G384" s="2">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A385" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="B385" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C385" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D385" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E385" s="3">
+        <v>1</v>
+      </c>
+      <c r="F385" s="7">
+        <v>1732</v>
+      </c>
+      <c r="G385" s="2">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B386" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C386" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E386" s="3">
+        <v>1</v>
+      </c>
+      <c r="F386" s="7">
+        <v>1785</v>
+      </c>
+      <c r="G386" s="2">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A387" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B387" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C387" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D387" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E387" s="3">
+        <v>1</v>
+      </c>
+      <c r="F387" s="7">
+        <v>1117</v>
+      </c>
+      <c r="G387" s="2">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="B388" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C388" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D388" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E388" s="3">
+        <v>1</v>
+      </c>
+      <c r="F388" s="7">
+        <v>909</v>
+      </c>
+      <c r="G388" s="2">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="B389" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C389" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D389" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E389" s="3">
+        <v>1</v>
+      </c>
+      <c r="F389" s="7">
+        <v>238</v>
+      </c>
+      <c r="G389" s="2">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="B390" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C390" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D390" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E390" s="3">
+        <v>1</v>
+      </c>
+      <c r="F390" s="7">
+        <v>532</v>
+      </c>
+      <c r="G390" s="2">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A391" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C391" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E391" s="3">
+        <v>1</v>
+      </c>
+      <c r="F391" s="7">
+        <v>1479</v>
+      </c>
+      <c r="G391" s="2">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B392" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C392" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E392" s="3">
+        <v>1</v>
+      </c>
+      <c r="F392" s="7">
+        <v>1417</v>
+      </c>
+      <c r="G392" s="2">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A393" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B393" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C393" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D393" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E393" s="3">
+        <v>1</v>
+      </c>
+      <c r="F393" s="7">
+        <v>827</v>
+      </c>
+      <c r="G393" s="2">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B394" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C394" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E394" s="3">
+        <v>1</v>
+      </c>
+      <c r="F394" s="7">
+        <v>1558</v>
+      </c>
+      <c r="G394" s="2">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C395" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D395" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E395" s="3">
+        <v>1</v>
+      </c>
+      <c r="F395" s="7">
+        <v>814</v>
+      </c>
+      <c r="G395" s="2">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A396" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B396" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C396" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E396" s="3">
+        <v>1</v>
+      </c>
+      <c r="F396" s="7">
+        <v>1671</v>
+      </c>
+      <c r="G396" s="2">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B397" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C397" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D397" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E397" s="3">
+        <v>1</v>
+      </c>
+      <c r="F397" s="7">
+        <v>1634</v>
+      </c>
+      <c r="G397" s="2">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A398" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B398" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C398" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E398" s="3">
+        <v>1</v>
+      </c>
+      <c r="F398" s="7">
+        <v>1327</v>
+      </c>
+      <c r="G398" s="2">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B399" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C399" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E399" s="3">
+        <v>1</v>
+      </c>
+      <c r="F399" s="7">
+        <v>1313</v>
+      </c>
+      <c r="G399" s="2">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B400" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C400" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E400" s="3">
+        <v>1</v>
+      </c>
+      <c r="F400" s="7">
+        <v>605</v>
+      </c>
+      <c r="G400" s="2">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A401" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B401" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C401" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D401" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E401" s="3">
+        <v>1</v>
+      </c>
+      <c r="F401" s="7">
+        <v>1865</v>
+      </c>
+      <c r="G401" s="2">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B402" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C402" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D402" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E402" s="3">
+        <v>1</v>
+      </c>
+      <c r="F402" s="7">
+        <v>88</v>
+      </c>
+      <c r="G402" s="2">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A403" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B403" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C403" s="6">
+        <v>9000</v>
+      </c>
+      <c r="D403" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E403" s="3">
+        <v>1</v>
+      </c>
+      <c r="F403" s="7">
+        <v>68</v>
+      </c>
+      <c r="G403" s="2">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="B404" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C404" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D404" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E404" s="3">
+        <v>1</v>
+      </c>
+      <c r="F404" s="7">
+        <v>1242</v>
+      </c>
+      <c r="G404" s="2">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="B405" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C405" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D405" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E405" s="3">
+        <v>1</v>
+      </c>
+      <c r="F405" s="7">
+        <v>1461</v>
+      </c>
+      <c r="G405" s="2">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A406" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C406" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D406" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E406" s="3">
+        <v>1</v>
+      </c>
+      <c r="F406" s="7">
+        <v>840</v>
+      </c>
+      <c r="G406" s="2">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A407" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B407" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C407" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D407" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E407" s="3">
+        <v>1</v>
+      </c>
+      <c r="F407" s="7">
+        <v>1679</v>
+      </c>
+      <c r="G407" s="2">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B408" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C408" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D408" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E408" s="3">
+        <v>1</v>
+      </c>
+      <c r="F408" s="7">
+        <v>1312</v>
+      </c>
+      <c r="G408" s="2">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A409" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C409" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D409" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E409" s="3">
+        <v>1</v>
+      </c>
+      <c r="F409" s="7">
+        <v>1290</v>
+      </c>
+      <c r="G409" s="2">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A410" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C410" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D410" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E410" s="3">
+        <v>1</v>
+      </c>
+      <c r="F410" s="7">
+        <v>836</v>
+      </c>
+      <c r="G410" s="2">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B411" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C411" s="6">
+        <v>11000</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E411" s="3">
+        <v>1</v>
+      </c>
+      <c r="F411" s="7">
+        <v>1534</v>
+      </c>
+      <c r="G411" s="2">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A412" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C412" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D412" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E412" s="3">
+        <v>1</v>
+      </c>
+      <c r="F412" s="7">
+        <v>1542</v>
+      </c>
+      <c r="G412" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="413" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C413" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D413" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E413" s="3">
+        <v>1</v>
+      </c>
+      <c r="F413" s="7">
+        <v>822</v>
+      </c>
+      <c r="G413" s="2">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="414" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A414" s="4" t="s">
+        <v>712</v>
+      </c>
+      <c r="B414" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C414" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D414" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E414" s="3">
+        <v>1</v>
+      </c>
+      <c r="F414" s="7">
+        <v>161</v>
+      </c>
+      <c r="G414" s="2">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="415" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="B415" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C415" s="6">
+        <v>2200</v>
+      </c>
+      <c r="D415" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E415" s="3">
+        <v>1</v>
+      </c>
+      <c r="F415" s="7">
+        <v>1275</v>
+      </c>
+      <c r="G415" s="2">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="416" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B416" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C416" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D416" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E416" s="3">
+        <v>1</v>
+      </c>
+      <c r="F416" s="7">
+        <v>1246</v>
+      </c>
+      <c r="G416" s="2">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C417" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D417" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E417" s="3">
+        <v>1</v>
+      </c>
+      <c r="F417" s="7">
+        <v>1342</v>
+      </c>
+      <c r="G417" s="2">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="418" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A418" s="4" t="s">
+        <v>684</v>
+      </c>
+      <c r="B418" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C418" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D418" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E418" s="3">
+        <v>1</v>
+      </c>
+      <c r="F418" s="7">
+        <v>100</v>
+      </c>
+      <c r="G418" s="2">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="419" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B419" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C419" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D419" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E419" s="3">
+        <v>1</v>
+      </c>
+      <c r="F419" s="7">
+        <v>1599</v>
+      </c>
+      <c r="G419" s="2">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A420" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B420" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C420" s="6">
+        <v>1200</v>
+      </c>
+      <c r="D420" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E420" s="3">
+        <v>1</v>
+      </c>
+      <c r="F420" s="7">
+        <v>1495</v>
+      </c>
+      <c r="G420" s="2">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="421" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B421" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C421" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D421" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E421" s="3">
+        <v>1</v>
+      </c>
+      <c r="F421" s="7">
+        <v>1609</v>
+      </c>
+      <c r="G421" s="2">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="422" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A422" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="B422" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C422" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D422" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" s="3">
+        <v>1</v>
+      </c>
+      <c r="F422" s="7">
+        <v>1459</v>
+      </c>
+      <c r="G422" s="2">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="423" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="B423" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C423" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D423" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" s="3">
+        <v>1</v>
+      </c>
+      <c r="F423" s="7">
+        <v>978</v>
+      </c>
+      <c r="G423" s="2">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="424" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A424" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="B424" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C424" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D424" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E424" s="3">
+        <v>1</v>
+      </c>
+      <c r="F424" s="7">
+        <v>1123</v>
+      </c>
+      <c r="G424" s="2">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="425" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="B425" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C425" s="6">
+        <v>1200</v>
+      </c>
+      <c r="D425" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E425" s="3">
+        <v>1</v>
+      </c>
+      <c r="F425" s="7">
+        <v>1262</v>
+      </c>
+      <c r="G425" s="2">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="426" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B426" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C426" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D426" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" s="3">
+        <v>1</v>
+      </c>
+      <c r="F426" s="7">
+        <v>1519</v>
+      </c>
+      <c r="G426" s="2">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="427" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A427" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="B427" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C427" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D427" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="E427" s="3">
+        <v>1</v>
+      </c>
+      <c r="F427" s="7">
+        <v>111</v>
+      </c>
+      <c r="G427" s="2">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="428" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="B428" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C428" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D428" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E428" s="3">
+        <v>1</v>
+      </c>
+      <c r="F428" s="7">
+        <v>1740</v>
+      </c>
+      <c r="G428" s="2">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="429" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A429" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="B429" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C429" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D429" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="E429" s="3">
+        <v>1</v>
+      </c>
+      <c r="F429" s="7">
+        <v>153</v>
+      </c>
+      <c r="G429" s="2">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="430" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="B430" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C430" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D430" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E430" s="3">
+        <v>1</v>
+      </c>
+      <c r="F430" s="7">
+        <v>1183</v>
+      </c>
+      <c r="G430" s="2">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="431" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A431" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="B431" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C431" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D431" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E431" s="3">
+        <v>1</v>
+      </c>
+      <c r="F431" s="7">
+        <v>1468</v>
+      </c>
+      <c r="G431" s="2">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="432" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="B432" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C432" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D432" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E432" s="3">
+        <v>1</v>
+      </c>
+      <c r="F432" s="7">
+        <v>1251</v>
+      </c>
+      <c r="G432" s="2">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="433" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="B433" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C433" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D433" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E433" s="3">
+        <v>1</v>
+      </c>
+      <c r="F433" s="7">
+        <v>871</v>
+      </c>
+      <c r="G433" s="2">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="434" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B434" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C434" s="6">
+        <v>20000</v>
+      </c>
+      <c r="D434" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E434" s="3">
+        <v>1</v>
+      </c>
+      <c r="F434" s="7">
+        <v>1836</v>
+      </c>
+      <c r="G434" s="2">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="435" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B435" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C435" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D435" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E435" s="3">
+        <v>1</v>
+      </c>
+      <c r="F435" s="7">
+        <v>1669</v>
+      </c>
+      <c r="G435" s="2">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A436" s="4" t="s">
+        <v>688</v>
+      </c>
+      <c r="B436" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C436" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D436" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E436" s="3">
+        <v>1</v>
+      </c>
+      <c r="F436" s="7">
+        <v>71</v>
+      </c>
+      <c r="G436" s="2">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="437" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B437" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C437" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D437" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E437" s="3">
+        <v>1</v>
+      </c>
+      <c r="F437" s="7">
+        <v>1538</v>
+      </c>
+      <c r="G437" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="438" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="4" t="s">
+        <v>773</v>
+      </c>
+      <c r="B438" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C438" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D438" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E438" s="3">
+        <v>1</v>
+      </c>
+      <c r="F438" s="7">
+        <v>463</v>
+      </c>
+      <c r="G438" s="2">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="439" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A439" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="B439" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C439" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D439" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E439" s="3">
+        <v>1</v>
+      </c>
+      <c r="F439" s="7">
+        <v>520</v>
+      </c>
+      <c r="G439" s="2">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="440" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A440" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B440" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C440" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D440" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E440" s="3">
+        <v>1</v>
+      </c>
+      <c r="F440" s="7">
+        <v>1586</v>
+      </c>
+      <c r="G440" s="2">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="441" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B441" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C441" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D441" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E441" s="3">
+        <v>1</v>
+      </c>
+      <c r="F441" s="7">
+        <v>1664</v>
+      </c>
+      <c r="G441" s="2">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="442" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A442" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B442" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C442" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D442" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E442" s="3">
+        <v>1</v>
+      </c>
+      <c r="F442" s="7">
+        <v>381</v>
+      </c>
+      <c r="G442" s="2">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="443" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="B443" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C443" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D443" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E443" s="3">
+        <v>1</v>
+      </c>
+      <c r="F443" s="7">
+        <v>1605</v>
+      </c>
+      <c r="G443" s="2">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="444" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A444" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B444" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C444" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D444" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E444" s="3">
+        <v>1</v>
+      </c>
+      <c r="F444" s="7">
+        <v>1616</v>
+      </c>
+      <c r="G444" s="2">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="445" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B445" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C445" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D445" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E445" s="3">
+        <v>1</v>
+      </c>
+      <c r="F445" s="7">
+        <v>1395</v>
+      </c>
+      <c r="G445" s="2">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="446" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B446" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C446" s="6">
+        <v>16000</v>
+      </c>
+      <c r="D446" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E446" s="3">
+        <v>2</v>
+      </c>
+      <c r="F446" s="7">
+        <v>1218</v>
+      </c>
+      <c r="G446" s="2">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="447" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="B447" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C447" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D447" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E447" s="3">
+        <v>1</v>
+      </c>
+      <c r="F447" s="7">
+        <v>1201</v>
+      </c>
+      <c r="G447" s="2">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="448" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A448" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="B448" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C448" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D448" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E448" s="3">
+        <v>1</v>
+      </c>
+      <c r="F448" s="7">
+        <v>560</v>
+      </c>
+      <c r="G448" s="2">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="449" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B449" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C449" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D449" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E449" s="3">
+        <v>1</v>
+      </c>
+      <c r="F449" s="7">
+        <v>1681</v>
+      </c>
+      <c r="G449" s="2">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="450" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="B450" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C450" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D450" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E450" s="3">
+        <v>1</v>
+      </c>
+      <c r="F450" s="7">
+        <v>1525</v>
+      </c>
+      <c r="G450" s="2">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A451" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B451" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C451" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D451" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E451" s="3">
+        <v>1</v>
+      </c>
+      <c r="F451" s="7">
+        <v>1683</v>
+      </c>
+      <c r="G451" s="2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="452" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B452" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C452" s="6">
+        <v>20000</v>
+      </c>
+      <c r="D452" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E452" s="3">
+        <v>1</v>
+      </c>
+      <c r="F452" s="7">
+        <v>1485</v>
+      </c>
+      <c r="G452" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="453" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B453" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C453" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D453" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E453" s="3">
+        <v>1</v>
+      </c>
+      <c r="F453" s="7">
+        <v>1560</v>
+      </c>
+      <c r="G453" s="2">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="454" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A454" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B454" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C454" s="6">
+        <v>8500</v>
+      </c>
+      <c r="D454" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E454" s="3">
+        <v>1</v>
+      </c>
+      <c r="F454" s="7">
+        <v>1558</v>
+      </c>
+      <c r="G454" s="2">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B455" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C455" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D455" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E455" s="3">
+        <v>1</v>
+      </c>
+      <c r="F455" s="7">
+        <v>1254</v>
+      </c>
+      <c r="G455" s="2">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="456" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A456" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B456" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C456" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D456" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" s="3">
+        <v>1</v>
+      </c>
+      <c r="F456" s="7">
+        <v>1703</v>
+      </c>
+      <c r="G456" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="457" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B457" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C457" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D457" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="3">
+        <v>1</v>
+      </c>
+      <c r="F457" s="7">
+        <v>1577</v>
+      </c>
+      <c r="G457" s="2">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="458" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A458" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B458" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C458" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D458" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E458" s="3">
+        <v>1</v>
+      </c>
+      <c r="F458" s="7">
+        <v>1504</v>
+      </c>
+      <c r="G458" s="2">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="459" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A459" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B459" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C459" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D459" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" s="3">
+        <v>2</v>
+      </c>
+      <c r="F459" s="7">
+        <v>842</v>
+      </c>
+      <c r="G459" s="2">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="460" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B460" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C460" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D460" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E460" s="3">
+        <v>1</v>
+      </c>
+      <c r="F460" s="7">
+        <v>1674</v>
+      </c>
+      <c r="G460" s="2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="461" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A461" s="4" t="s">
+        <v>738</v>
+      </c>
+      <c r="B461" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C461" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D461" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E461" s="3">
+        <v>1</v>
+      </c>
+      <c r="F461" s="7">
+        <v>214</v>
+      </c>
+      <c r="G461" s="2">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="462" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B462" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C462" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D462" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E462" s="3">
+        <v>1</v>
+      </c>
+      <c r="F462" s="7">
+        <v>1468</v>
+      </c>
+      <c r="G462" s="2">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="463" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A463" s="4" t="s">
+        <v>713</v>
+      </c>
+      <c r="B463" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C463" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D463" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E463" s="3">
+        <v>1</v>
+      </c>
+      <c r="F463" s="7">
+        <v>97</v>
+      </c>
+      <c r="G463" s="2">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="464" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B464" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C464" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D464" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E464" s="3">
+        <v>1</v>
+      </c>
+      <c r="F464" s="7">
+        <v>1497</v>
+      </c>
+      <c r="G464" s="2">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="465" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A465" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B465" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C465" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D465" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E465" s="3">
+        <v>1</v>
+      </c>
+      <c r="F465" s="7">
+        <v>76</v>
+      </c>
+      <c r="G465" s="2">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="466" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="B466" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C466" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D466" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E466" s="3">
+        <v>1</v>
+      </c>
+      <c r="F466" s="7">
+        <v>1366</v>
+      </c>
+      <c r="G466" s="2">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="467" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A467" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="B467" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C467" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D467" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E467" s="3">
+        <v>1</v>
+      </c>
+      <c r="F467" s="7">
+        <v>223</v>
+      </c>
+      <c r="G467" s="2">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A468" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="B468" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C468" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D468" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="E468" s="3">
+        <v>1</v>
+      </c>
+      <c r="F468" s="7">
+        <v>1145</v>
+      </c>
+      <c r="G468" s="2">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="B469" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C469" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D469" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E469" s="3">
+        <v>1</v>
+      </c>
+      <c r="F469" s="7">
+        <v>1021</v>
+      </c>
+      <c r="G469" s="2">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A470" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="B470" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C470" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D470" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="E470" s="3">
+        <v>1</v>
+      </c>
+      <c r="F470" s="7">
+        <v>1266</v>
+      </c>
+      <c r="G470" s="2">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="B471" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C471" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D471" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E471" s="3">
+        <v>1</v>
+      </c>
+      <c r="F471" s="7">
+        <v>1178</v>
+      </c>
+      <c r="G471" s="2">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A472" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B472" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C472" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D472" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E472" s="3">
+        <v>1</v>
+      </c>
+      <c r="F472" s="7">
+        <v>1584</v>
+      </c>
+      <c r="G472" s="2">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A473" s="4" t="s">
+        <v>678</v>
+      </c>
+      <c r="B473" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C473" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D473" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E473" s="3">
+        <v>1</v>
+      </c>
+      <c r="F473" s="7">
+        <v>55</v>
+      </c>
+      <c r="G473" s="2">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="B474" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C474" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D474" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E474" s="3">
+        <v>1</v>
+      </c>
+      <c r="F474" s="7">
+        <v>804</v>
+      </c>
+      <c r="G474" s="2">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A475" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B475" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C475" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D475" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E475" s="3">
+        <v>1</v>
+      </c>
+      <c r="F475" s="7">
+        <v>1623</v>
+      </c>
+      <c r="G475" s="2">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B476" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C476" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D476" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E476" s="3">
+        <v>1</v>
+      </c>
+      <c r="F476" s="7">
+        <v>1495</v>
+      </c>
+      <c r="G476" s="2">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A477" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B477" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C477" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D477" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E477" s="3">
+        <v>1</v>
+      </c>
+      <c r="F477" s="7">
+        <v>1574</v>
+      </c>
+      <c r="G477" s="2">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B478" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C478" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D478" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E478" s="3">
+        <v>1</v>
+      </c>
+      <c r="F478" s="7">
+        <v>867</v>
+      </c>
+      <c r="G478" s="2">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A479" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="B479" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C479" s="6">
+        <v>7500</v>
+      </c>
+      <c r="D479" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E479" s="3">
+        <v>1</v>
+      </c>
+      <c r="F479" s="7">
+        <v>1059</v>
+      </c>
+      <c r="G479" s="2">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A480" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B480" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C480" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D480" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E480" s="3">
+        <v>1</v>
+      </c>
+      <c r="F480" s="7">
+        <v>1437</v>
+      </c>
+      <c r="G480" s="2">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A481" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="B481" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C481" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D481" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E481" s="3">
+        <v>1</v>
+      </c>
+      <c r="F481" s="7">
+        <v>88</v>
+      </c>
+      <c r="G481" s="2">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A482" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="B482" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C482" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D482" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E482" s="3">
+        <v>1</v>
+      </c>
+      <c r="F482" s="7">
+        <v>1356</v>
+      </c>
+      <c r="G482" s="2">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="B483" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C483" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D483" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E483" s="3">
+        <v>1</v>
+      </c>
+      <c r="F483" s="7">
+        <v>595</v>
+      </c>
+      <c r="G483" s="2">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A484" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B484" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C484" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D484" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E484" s="3">
+        <v>1</v>
+      </c>
+      <c r="F484" s="7">
+        <v>1508</v>
+      </c>
+      <c r="G484" s="2">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B485" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C485" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D485" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E485" s="3">
+        <v>1</v>
+      </c>
+      <c r="F485" s="7">
+        <v>86</v>
+      </c>
+      <c r="G485" s="2">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A486" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B486" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C486" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D486" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E486" s="3">
+        <v>1</v>
+      </c>
+      <c r="F486" s="7">
+        <v>1275</v>
+      </c>
+      <c r="G486" s="2">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A487" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B487" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C487" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D487" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E487" s="3">
+        <v>1</v>
+      </c>
+      <c r="F487" s="7">
+        <v>819</v>
+      </c>
+      <c r="G487" s="2">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B488" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C488" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D488" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E488" s="3">
+        <v>1</v>
+      </c>
+      <c r="F488" s="7">
+        <v>1651</v>
+      </c>
+      <c r="G488" s="2">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B489" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C489" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D489" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E489" s="3">
+        <v>1</v>
+      </c>
+      <c r="F489" s="7">
+        <v>1650</v>
+      </c>
+      <c r="G489" s="2">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A490" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B490" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C490" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D490" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E490" s="3">
+        <v>1</v>
+      </c>
+      <c r="F490" s="7">
+        <v>470</v>
+      </c>
+      <c r="G490" s="2">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A491" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B491" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C491" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D491" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E491" s="3">
+        <v>1</v>
+      </c>
+      <c r="F491" s="7">
+        <v>73</v>
+      </c>
+      <c r="G491" s="2">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="492" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B492" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C492" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D492" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E492" s="3">
+        <v>1</v>
+      </c>
+      <c r="F492" s="7">
+        <v>1351</v>
+      </c>
+      <c r="G492" s="2">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="493" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B493" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C493" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D493" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E493" s="3">
+        <v>1</v>
+      </c>
+      <c r="F493" s="7">
+        <v>2151</v>
+      </c>
+      <c r="G493" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="494" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A494" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B494" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C494" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D494" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E494" s="3">
+        <v>1</v>
+      </c>
+      <c r="F494" s="7">
+        <v>2231</v>
+      </c>
+      <c r="G494" s="2">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="495" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A495" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B495" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C495" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D495" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E495" s="3">
+        <v>1</v>
+      </c>
+      <c r="F495" s="7">
+        <v>1853</v>
+      </c>
+      <c r="G495" s="2">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="496" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B496" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C496" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D496" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E496" s="3">
+        <v>1</v>
+      </c>
+      <c r="F496" s="7">
+        <v>1185</v>
+      </c>
+      <c r="G496" s="2">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="497" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A497" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B497" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C497" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D497" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E497" s="3">
+        <v>1</v>
+      </c>
+      <c r="F497" s="7">
+        <v>1116</v>
+      </c>
+      <c r="G497" s="2">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="498" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A498" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="B498" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C498" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D498" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E498" s="3">
+        <v>1</v>
+      </c>
+      <c r="F498" s="7">
+        <v>68</v>
+      </c>
+      <c r="G498" s="2">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="499" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="B499" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C499" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D499" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E499" s="3">
+        <v>1</v>
+      </c>
+      <c r="F499" s="7">
+        <v>1432</v>
+      </c>
+      <c r="G499" s="2">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="500" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="B500" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C500" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D500" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E500" s="3">
+        <v>1</v>
+      </c>
+      <c r="F500" s="7">
+        <v>1272</v>
+      </c>
+      <c r="G500" s="2">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="501" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A501" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="B501" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C501" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D501" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E501" s="3">
+        <v>1</v>
+      </c>
+      <c r="F501" s="7">
+        <v>57</v>
+      </c>
+      <c r="G501" s="2">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="502" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A502" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="B502" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C502" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D502" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E502" s="3">
+        <v>1</v>
+      </c>
+      <c r="F502" s="7">
+        <v>747</v>
+      </c>
+      <c r="G502" s="2">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="503" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A503" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="B503" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C503" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D503" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="E503" s="3">
+        <v>1</v>
+      </c>
+      <c r="F503" s="7">
+        <v>324</v>
+      </c>
+      <c r="G503" s="2">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="504" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A504" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="B504" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C504" s="6">
+        <v>1200</v>
+      </c>
+      <c r="D504" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E504" s="3">
+        <v>1</v>
+      </c>
+      <c r="F504" s="7">
+        <v>1266</v>
+      </c>
+      <c r="G504" s="2">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="505" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A505" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="B505" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C505" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D505" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E505" s="3">
+        <v>1</v>
+      </c>
+      <c r="F505" s="7">
+        <v>404</v>
+      </c>
+      <c r="G505" s="2">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="506" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A506" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B506" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C506" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D506" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E506" s="3">
+        <v>1</v>
+      </c>
+      <c r="F506" s="7">
+        <v>1472</v>
+      </c>
+      <c r="G506" s="2">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="507" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="B507" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C507" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D507" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E507" s="3">
+        <v>1</v>
+      </c>
+      <c r="F507" s="7">
+        <v>1097</v>
+      </c>
+      <c r="G507" s="2">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="508" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A508" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="B508" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C508" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D508" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E508" s="3">
+        <v>1</v>
+      </c>
+      <c r="F508" s="7">
+        <v>1495</v>
+      </c>
+      <c r="G508" s="2">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="509" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B509" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C509" s="6">
+        <v>20000</v>
+      </c>
+      <c r="D509" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E509" s="3">
+        <v>1</v>
+      </c>
+      <c r="F509" s="7">
+        <v>1738</v>
+      </c>
+      <c r="G509" s="2">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="510" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="B510" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C510" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D510" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E510" s="3">
+        <v>1</v>
+      </c>
+      <c r="F510" s="7">
+        <v>1608</v>
+      </c>
+      <c r="G510" s="2">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="511" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="4" t="s">
+        <v>775</v>
+      </c>
+      <c r="B511" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C511" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D511" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E511" s="3">
+        <v>1</v>
+      </c>
+      <c r="F511" s="7">
+        <v>466</v>
+      </c>
+      <c r="G511" s="2">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="512" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A512" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B512" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C512" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D512" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E512" s="3">
+        <v>1</v>
+      </c>
+      <c r="F512" s="7">
+        <v>550</v>
+      </c>
+      <c r="G512" s="2">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="513" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B513" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C513" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D513" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E513" s="3">
+        <v>1</v>
+      </c>
+      <c r="F513" s="7">
+        <v>1626</v>
+      </c>
+      <c r="G513" s="2">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="514" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B514" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C514" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D514" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E514" s="3">
+        <v>1</v>
+      </c>
+      <c r="F514" s="7">
+        <v>1056</v>
+      </c>
+      <c r="G514" s="2">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="515" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="B515" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C515" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D515" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E515" s="3">
+        <v>1</v>
+      </c>
+      <c r="F515" s="7">
+        <v>559</v>
+      </c>
+      <c r="G515" s="2">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="516" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A516" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="B516" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C516" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D516" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E516" s="3">
+        <v>1</v>
+      </c>
+      <c r="F516" s="7">
+        <v>1129</v>
+      </c>
+      <c r="G516" s="2">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="517" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A517" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="B517" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C517" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D517" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E517" s="3">
+        <v>1</v>
+      </c>
+      <c r="F517" s="7">
+        <v>542</v>
+      </c>
+      <c r="G517" s="2">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="518" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A518" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B518" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C518" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D518" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E518" s="3">
+        <v>1</v>
+      </c>
+      <c r="F518" s="7">
+        <v>1490</v>
+      </c>
+      <c r="G518" s="2">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="519" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A519" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B519" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C519" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D519" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E519" s="3">
+        <v>1</v>
+      </c>
+      <c r="F519" s="7">
+        <v>1376</v>
+      </c>
+      <c r="G519" s="2">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="520" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A520" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="B520" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C520" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D520" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E520" s="3">
+        <v>1</v>
+      </c>
+      <c r="F520" s="7">
+        <v>1104</v>
+      </c>
+      <c r="G520" s="2">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="521" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B521" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C521" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D521" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E521" s="3">
+        <v>1</v>
+      </c>
+      <c r="F521" s="7">
+        <v>1532</v>
+      </c>
+      <c r="G521" s="2">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="522" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A522" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B522" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C522" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D522" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E522" s="3">
+        <v>1</v>
+      </c>
+      <c r="F522" s="7">
+        <v>1116</v>
+      </c>
+      <c r="G522" s="2">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="523" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A523" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="B523" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C523" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D523" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E523" s="3">
+        <v>1</v>
+      </c>
+      <c r="F523" s="7">
+        <v>815</v>
+      </c>
+      <c r="G523" s="2">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="524" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B524" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C524" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D524" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E524" s="3">
+        <v>1</v>
+      </c>
+      <c r="F524" s="7">
+        <v>1491</v>
+      </c>
+      <c r="G524" s="2">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="525" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="4" t="s">
+        <v>632</v>
+      </c>
+      <c r="B525" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C525" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D525" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E525" s="3">
+        <v>1</v>
+      </c>
+      <c r="F525" s="7">
+        <v>622</v>
+      </c>
+      <c r="G525" s="2">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="526" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A526" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B526" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C526" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D526" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E526" s="3">
+        <v>1</v>
+      </c>
+      <c r="F526" s="7">
+        <v>1397</v>
+      </c>
+      <c r="G526" s="2">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="527" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A527" s="4" t="s">
+        <v>687</v>
+      </c>
+      <c r="B527" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C527" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D527" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E527" s="3">
+        <v>1</v>
+      </c>
+      <c r="F527" s="7">
+        <v>63</v>
+      </c>
+      <c r="G527" s="2">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A528" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="B528" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C528" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D528" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E528" s="3">
+        <v>1</v>
+      </c>
+      <c r="F528" s="7">
+        <v>1443</v>
+      </c>
+      <c r="G528" s="2">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="529" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="B529" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C529" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D529" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E529" s="3">
+        <v>1</v>
+      </c>
+      <c r="F529" s="7">
+        <v>538</v>
+      </c>
+      <c r="G529" s="2">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="530" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B530" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C530" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D530" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E530" s="3">
+        <v>1</v>
+      </c>
+      <c r="F530" s="7">
+        <v>1574</v>
+      </c>
+      <c r="G530" s="2">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="531" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="4" t="s">
+        <v>633</v>
+      </c>
+      <c r="B531" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C531" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D531" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E531" s="3">
+        <v>1</v>
+      </c>
+      <c r="F531" s="7">
+        <v>584</v>
+      </c>
+      <c r="G531" s="2">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="532" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A532" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="B532" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C532" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D532" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E532" s="3">
+        <v>1</v>
+      </c>
+      <c r="F532" s="7">
+        <v>570</v>
+      </c>
+      <c r="G532" s="2">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="533" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A533" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="B533" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C533" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D533" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E533" s="3">
+        <v>1</v>
+      </c>
+      <c r="F533" s="7">
+        <v>1137</v>
+      </c>
+      <c r="G533" s="2">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="534" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A534" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B534" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C534" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D534" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E534" s="3">
+        <v>1</v>
+      </c>
+      <c r="F534" s="7">
+        <v>1420</v>
+      </c>
+      <c r="G534" s="2">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="535" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A535" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B535" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C535" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D535" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E535" s="3">
+        <v>1</v>
+      </c>
+      <c r="F535" s="7">
+        <v>1491</v>
+      </c>
+      <c r="G535" s="2">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="536" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B536" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C536" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D536" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E536" s="3">
+        <v>1</v>
+      </c>
+      <c r="F536" s="7">
+        <v>1623</v>
+      </c>
+      <c r="G536" s="2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="537" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A537" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B537" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C537" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D537" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E537" s="3">
+        <v>1</v>
+      </c>
+      <c r="F537" s="7">
+        <v>1206</v>
+      </c>
+      <c r="G537" s="2">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="538" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B538" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C538" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D538" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E538" s="3">
+        <v>1</v>
+      </c>
+      <c r="F538" s="7">
+        <v>1690</v>
+      </c>
+      <c r="G538" s="2">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="539" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="B539" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C539" s="6">
+        <v>11000</v>
+      </c>
+      <c r="D539" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E539" s="3">
+        <v>1</v>
+      </c>
+      <c r="F539" s="7">
+        <v>840</v>
+      </c>
+      <c r="G539" s="2">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="540" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A540" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B540" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C540" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D540" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E540" s="3">
+        <v>1</v>
+      </c>
+      <c r="F540" s="7">
+        <v>1590</v>
+      </c>
+      <c r="G540" s="2">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="541" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A541" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B541" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C541" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D541" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E541" s="3">
+        <v>1</v>
+      </c>
+      <c r="F541" s="7">
+        <v>1704</v>
+      </c>
+      <c r="G541" s="2">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="542" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A542" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="B542" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C542" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D542" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E542" s="3">
+        <v>1</v>
+      </c>
+      <c r="F542" s="7">
+        <v>1332</v>
+      </c>
+      <c r="G542" s="2">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="543" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B543" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C543" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D543" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E543" s="3">
+        <v>1</v>
+      </c>
+      <c r="F543" s="7">
+        <v>1668</v>
+      </c>
+      <c r="G543" s="2">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="544" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="B544" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C544" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D544" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E544" s="3">
+        <v>1</v>
+      </c>
+      <c r="F544" s="7">
+        <v>1520</v>
+      </c>
+      <c r="G544" s="2">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="545" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A545" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B545" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C545" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D545" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E545" s="3">
+        <v>1</v>
+      </c>
+      <c r="F545" s="7">
+        <v>1506</v>
+      </c>
+      <c r="G545" s="2">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="546" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="B546" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C546" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D546" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E546" s="3">
+        <v>1</v>
+      </c>
+      <c r="F546" s="7">
+        <v>1325</v>
+      </c>
+      <c r="G546" s="2">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="547" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A547" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B547" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C547" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D547" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E547" s="3">
+        <v>1</v>
+      </c>
+      <c r="F547" s="7">
+        <v>1625</v>
+      </c>
+      <c r="G547" s="2">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="548" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A548" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="B548" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C548" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D548" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E548" s="3">
+        <v>1</v>
+      </c>
+      <c r="F548" s="7">
+        <v>871</v>
+      </c>
+      <c r="G548" s="2">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="549" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A549" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C549" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D549" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E549" s="3">
+        <v>1</v>
+      </c>
+      <c r="F549" s="7">
+        <v>1557</v>
+      </c>
+      <c r="G549" s="2">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="550" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A550" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="B550" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C550" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D550" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E550" s="3">
+        <v>1</v>
+      </c>
+      <c r="F550" s="7">
+        <v>1257</v>
+      </c>
+      <c r="G550" s="2">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="551" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A551" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B551" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C551" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D551" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E551" s="3">
+        <v>1</v>
+      </c>
+      <c r="F551" s="7">
+        <v>1500</v>
+      </c>
+      <c r="G551" s="2">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="552" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B552" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C552" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D552" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E552" s="3">
+        <v>1</v>
+      </c>
+      <c r="F552" s="7">
+        <v>787</v>
+      </c>
+      <c r="G552" s="2">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="553" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A553" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B553" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C553" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D553" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E553" s="3">
+        <v>1</v>
+      </c>
+      <c r="F553" s="7">
+        <v>1353</v>
+      </c>
+      <c r="G553" s="2">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="554" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A554" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B554" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C554" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D554" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E554" s="3">
+        <v>1</v>
+      </c>
+      <c r="F554" s="7">
+        <v>87</v>
+      </c>
+      <c r="G554" s="2">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="555" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A555" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C555" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D555" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E555" s="3">
+        <v>1</v>
+      </c>
+      <c r="F555" s="7">
+        <v>1392</v>
+      </c>
+      <c r="G555" s="2">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="556" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="B556" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C556" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D556" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E556" s="3">
+        <v>1</v>
+      </c>
+      <c r="F556" s="7">
+        <v>1110</v>
+      </c>
+      <c r="G556" s="2">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="557" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="4" t="s">
+        <v>766</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C557" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D557" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E557" s="3">
+        <v>1</v>
+      </c>
+      <c r="F557" s="7">
+        <v>522</v>
+      </c>
+      <c r="G557" s="2">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="558" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C558" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D558" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E558" s="3">
+        <v>1</v>
+      </c>
+      <c r="F558" s="7">
+        <v>1638</v>
+      </c>
+      <c r="G558" s="2">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="559" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B559" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C559" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D559" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E559" s="3">
+        <v>1</v>
+      </c>
+      <c r="F559" s="7">
+        <v>1392</v>
+      </c>
+      <c r="G559" s="2">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="560" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A560" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="B560" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C560" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D560" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E560" s="3">
+        <v>1</v>
+      </c>
+      <c r="F560" s="7">
+        <v>1199</v>
+      </c>
+      <c r="G560" s="2">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="561" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A561" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="B561" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C561" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D561" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E561" s="3">
+        <v>1</v>
+      </c>
+      <c r="F561" s="7">
+        <v>1496</v>
+      </c>
+      <c r="G561" s="2">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="562" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A562" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="B562" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C562" s="6">
+        <v>7500</v>
+      </c>
+      <c r="D562" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E562" s="3">
+        <v>1</v>
+      </c>
+      <c r="F562" s="7">
+        <v>394</v>
+      </c>
+      <c r="G562" s="2">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="563" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A563" s="4" t="s">
+        <v>673</v>
+      </c>
+      <c r="B563" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C563" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D563" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E563" s="3">
+        <v>1</v>
+      </c>
+      <c r="F563" s="7">
+        <v>64</v>
+      </c>
+      <c r="G563" s="2">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="564" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A564" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="B564" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C564" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D564" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E564" s="3">
+        <v>1</v>
+      </c>
+      <c r="F564" s="7">
+        <v>817</v>
+      </c>
+      <c r="G564" s="2">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="565" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="B565" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C565" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D565" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E565" s="3">
+        <v>1</v>
+      </c>
+      <c r="F565" s="7">
+        <v>1147</v>
+      </c>
+      <c r="G565" s="2">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="566" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="B566" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C566" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D566" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E566" s="3">
+        <v>1</v>
+      </c>
+      <c r="F566" s="7">
+        <v>69</v>
+      </c>
+      <c r="G566" s="2">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="567" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A567" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="B567" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C567" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D567" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E567" s="3">
+        <v>1</v>
+      </c>
+      <c r="F567" s="7">
+        <v>62</v>
+      </c>
+      <c r="G567" s="2">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="568" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B568" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C568" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D568" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E568" s="3">
+        <v>1</v>
+      </c>
+      <c r="F568" s="7">
+        <v>811</v>
+      </c>
+      <c r="G568" s="2">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="569" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A569" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="B569" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C569" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D569" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E569" s="3">
+        <v>1</v>
+      </c>
+      <c r="F569" s="7">
+        <v>772</v>
+      </c>
+      <c r="G569" s="2">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="570" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A570" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="B570" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C570" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D570" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E570" s="3">
+        <v>1</v>
+      </c>
+      <c r="F570" s="7">
+        <v>1768</v>
+      </c>
+      <c r="G570" s="2">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="571" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="B571" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C571" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D571" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E571" s="3">
+        <v>1</v>
+      </c>
+      <c r="F571" s="7">
+        <v>1520</v>
+      </c>
+      <c r="G571" s="2">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="572" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A572" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B572" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C572" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D572" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E572" s="3">
+        <v>1</v>
+      </c>
+      <c r="F572" s="7">
+        <v>1730</v>
+      </c>
+      <c r="G572" s="2">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="573" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B573" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C573" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D573" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E573" s="3">
+        <v>1</v>
+      </c>
+      <c r="F573" s="7">
+        <v>1604</v>
+      </c>
+      <c r="G573" s="2">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="574" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A574" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B574" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C574" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D574" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E574" s="3">
+        <v>1</v>
+      </c>
+      <c r="F574" s="7">
+        <v>1685</v>
+      </c>
+      <c r="G574" s="2">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="575" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A575" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B575" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C575" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D575" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E575" s="3">
+        <v>1</v>
+      </c>
+      <c r="F575" s="7">
+        <v>611</v>
+      </c>
+      <c r="G575" s="2">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="576" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A576" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="B576" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C576" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D576" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E576" s="3">
+        <v>1</v>
+      </c>
+      <c r="F576" s="7">
+        <v>1655</v>
+      </c>
+      <c r="G576" s="2">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="577" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A577" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B577" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C577" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D577" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E577" s="3">
+        <v>1</v>
+      </c>
+      <c r="F577" s="7">
+        <v>1627</v>
+      </c>
+      <c r="G577" s="2">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="578" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A578" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B578" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C578" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D578" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E578" s="3">
+        <v>1</v>
+      </c>
+      <c r="F578" s="7">
+        <v>1587</v>
+      </c>
+      <c r="G578" s="2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="579" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B579" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C579" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D579" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E579" s="3">
+        <v>1</v>
+      </c>
+      <c r="F579" s="7">
+        <v>1835</v>
+      </c>
+      <c r="G579" s="2">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="580" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A580" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B580" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C580" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D580" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E580" s="3">
+        <v>1</v>
+      </c>
+      <c r="F580" s="7">
+        <v>1451</v>
+      </c>
+      <c r="G580" s="2">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="581" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A581" s="4" t="s">
+        <v>757</v>
+      </c>
+      <c r="B581" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C581" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D581" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E581" s="3">
+        <v>1</v>
+      </c>
+      <c r="F581" s="7">
+        <v>505</v>
+      </c>
+      <c r="G581" s="2">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="582" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A582" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B582" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C582" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D582" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E582" s="3">
+        <v>1</v>
+      </c>
+      <c r="F582" s="7">
+        <v>1379</v>
+      </c>
+      <c r="G582" s="2">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="583" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A583" s="4" t="s">
+        <v>660</v>
+      </c>
+      <c r="B583" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C583" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D583" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E583" s="3">
+        <v>1</v>
+      </c>
+      <c r="F583" s="7">
+        <v>510</v>
+      </c>
+      <c r="G583" s="2">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="584" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="4" t="s">
+        <v>641</v>
+      </c>
+      <c r="B584" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C584" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D584" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E584" s="3">
+        <v>1</v>
+      </c>
+      <c r="F584" s="7">
+        <v>598</v>
+      </c>
+      <c r="G584" s="2">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="585" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A585" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B585" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C585" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D585" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E585" s="3">
+        <v>1</v>
+      </c>
+      <c r="F585" s="7">
+        <v>1633</v>
+      </c>
+      <c r="G585" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="586" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="B586" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C586" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D586" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E586" s="3">
+        <v>1</v>
+      </c>
+      <c r="F586" s="7">
+        <v>1309</v>
+      </c>
+      <c r="G586" s="2">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="587" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A587" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B587" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C587" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D587" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E587" s="3">
+        <v>1</v>
+      </c>
+      <c r="F587" s="7">
+        <v>1605</v>
+      </c>
+      <c r="G587" s="2">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="588" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="4" t="s">
+        <v>540</v>
+      </c>
+      <c r="B588" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C588" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D588" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E588" s="3">
+        <v>1</v>
+      </c>
+      <c r="F588" s="7">
+        <v>1076</v>
+      </c>
+      <c r="G588" s="2">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="589" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B589" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C589" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D589" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E589" s="3">
+        <v>1</v>
+      </c>
+      <c r="F589" s="7">
+        <v>1539</v>
+      </c>
+      <c r="G589" s="2">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="590" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="B590" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C590" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D590" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E590" s="3">
+        <v>1</v>
+      </c>
+      <c r="F590" s="7">
+        <v>549</v>
+      </c>
+      <c r="G590" s="2">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="591" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A591" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="B591" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C591" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D591" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E591" s="3">
+        <v>1</v>
+      </c>
+      <c r="F591" s="7">
+        <v>1316</v>
+      </c>
+      <c r="G591" s="2">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="592" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A592" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B592" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C592" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D592" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E592" s="3">
+        <v>1</v>
+      </c>
+      <c r="F592" s="7">
+        <v>1647</v>
+      </c>
+      <c r="G592" s="2">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="593" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A593" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B593" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C593" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D593" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E593" s="3">
+        <v>1</v>
+      </c>
+      <c r="F593" s="7">
+        <v>1423</v>
+      </c>
+      <c r="G593" s="2">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="594" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A594" s="4" t="s">
+        <v>772</v>
+      </c>
+      <c r="B594" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C594" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D594" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E594" s="3">
+        <v>1</v>
+      </c>
+      <c r="F594" s="7">
+        <v>485</v>
+      </c>
+      <c r="G594" s="2">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="595" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B595" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C595" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D595" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E595" s="3">
+        <v>1</v>
+      </c>
+      <c r="F595" s="7">
+        <v>1516</v>
+      </c>
+      <c r="G595" s="2">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="596" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A596" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B596" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C596" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D596" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E596" s="3">
+        <v>1</v>
+      </c>
+      <c r="F596" s="7">
+        <v>1505</v>
+      </c>
+      <c r="G596" s="2">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="597" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="4" t="s">
+        <v>692</v>
+      </c>
+      <c r="B597" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C597" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D597" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E597" s="3">
+        <v>1</v>
+      </c>
+      <c r="F597" s="7">
+        <v>76</v>
+      </c>
+      <c r="G597" s="2">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="598" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A598" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="B598" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C598" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D598" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E598" s="3">
+        <v>1</v>
+      </c>
+      <c r="F598" s="7">
+        <v>1016</v>
+      </c>
+      <c r="G598" s="2">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="599" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B599" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C599" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D599" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E599" s="3">
+        <v>1</v>
+      </c>
+      <c r="F599" s="7">
+        <v>1322</v>
+      </c>
+      <c r="G599" s="2">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="600" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A600" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B600" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C600" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D600" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E600" s="3">
+        <v>1</v>
+      </c>
+      <c r="F600" s="7">
+        <v>1336</v>
+      </c>
+      <c r="G600" s="2">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="601" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="B601" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C601" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D601" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E601" s="3">
+        <v>1</v>
+      </c>
+      <c r="F601" s="7">
+        <v>1602</v>
+      </c>
+      <c r="G601" s="2">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="602" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A602" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="B602" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C602" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D602" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E602" s="3">
+        <v>1</v>
+      </c>
+      <c r="F602" s="7">
+        <v>71</v>
+      </c>
+      <c r="G602" s="2">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="603" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A603" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B603" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C603" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D603" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E603" s="3">
+        <v>1</v>
+      </c>
+      <c r="F603" s="7">
+        <v>1630</v>
+      </c>
+      <c r="G603" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="604" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A604" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="B604" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C604" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D604" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E604" s="3">
+        <v>1</v>
+      </c>
+      <c r="F604" s="7">
+        <v>89</v>
+      </c>
+      <c r="G604" s="2">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="605" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A605" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B605" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C605" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D605" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E605" s="3">
+        <v>1</v>
+      </c>
+      <c r="F605" s="7">
+        <v>1467</v>
+      </c>
+      <c r="G605" s="2">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="606" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A606" s="4" t="s">
+        <v>715</v>
+      </c>
+      <c r="B606" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C606" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D606" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E606" s="3">
+        <v>1</v>
+      </c>
+      <c r="F606" s="7">
+        <v>94</v>
+      </c>
+      <c r="G606" s="2">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A607" s="4" t="s">
+        <v>754</v>
+      </c>
+      <c r="B607" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C607" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D607" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E607" s="3">
+        <v>1</v>
+      </c>
+      <c r="F607" s="7">
+        <v>456</v>
+      </c>
+      <c r="G607" s="2">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="608" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A608" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="B608" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C608" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D608" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E608" s="3">
+        <v>1</v>
+      </c>
+      <c r="F608" s="7">
+        <v>1533</v>
+      </c>
+      <c r="G608" s="2">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="609" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B609" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C609" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D609" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E609" s="3">
+        <v>1</v>
+      </c>
+      <c r="F609" s="7">
+        <v>1677</v>
+      </c>
+      <c r="G609" s="2">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="610" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A610" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="B610" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C610" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D610" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E610" s="3">
+        <v>1</v>
+      </c>
+      <c r="F610" s="7">
+        <v>2103</v>
+      </c>
+      <c r="G610" s="2">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="611" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A611" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B611" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C611" s="6">
+        <v>18000</v>
+      </c>
+      <c r="D611" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E611" s="3">
+        <v>1</v>
+      </c>
+      <c r="F611" s="7">
+        <v>1668</v>
+      </c>
+      <c r="G611" s="2">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="612" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A612" s="4" t="s">
+        <v>736</v>
+      </c>
+      <c r="B612" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C612" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D612" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E612" s="3">
+        <v>1</v>
+      </c>
+      <c r="F612" s="7">
+        <v>190</v>
+      </c>
+      <c r="G612" s="2">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="613" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A613" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B613" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C613" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D613" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E613" s="3">
+        <v>1</v>
+      </c>
+      <c r="F613" s="7">
+        <v>1238</v>
+      </c>
+      <c r="G613" s="2">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="614" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A614" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="B614" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C614" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D614" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E614" s="3">
+        <v>1</v>
+      </c>
+      <c r="F614" s="7">
+        <v>908</v>
+      </c>
+      <c r="G614" s="2">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="615" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A615" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B615" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C615" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D615" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E615" s="3">
+        <v>1</v>
+      </c>
+      <c r="F615" s="7">
+        <v>1278</v>
+      </c>
+      <c r="G615" s="2">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="616" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A616" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="B616" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C616" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D616" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E616" s="3">
+        <v>1</v>
+      </c>
+      <c r="F616" s="7">
+        <v>1651</v>
+      </c>
+      <c r="G616" s="2">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="617" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B617" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C617" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D617" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E617" s="3">
+        <v>1</v>
+      </c>
+      <c r="F617" s="7">
+        <v>1206</v>
+      </c>
+      <c r="G617" s="2">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A618" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="B618" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C618" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D618" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E618" s="3">
+        <v>1</v>
+      </c>
+      <c r="F618" s="7">
+        <v>1342</v>
+      </c>
+      <c r="G618" s="2">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B619" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C619" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D619" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E619" s="3">
+        <v>1</v>
+      </c>
+      <c r="F619" s="7">
+        <v>1546</v>
+      </c>
+      <c r="G619" s="2">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="620" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="B620" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C620" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D620" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E620" s="3">
+        <v>1</v>
+      </c>
+      <c r="F620" s="7">
+        <v>1331</v>
+      </c>
+      <c r="G620" s="2">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="621" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A621" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B621" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C621" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D621" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E621" s="3">
+        <v>1</v>
+      </c>
+      <c r="F621" s="7">
+        <v>1606</v>
+      </c>
+      <c r="G621" s="2">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="622" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A622" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B622" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C622" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D622" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E622" s="3">
+        <v>1</v>
+      </c>
+      <c r="F622" s="7">
+        <v>1656</v>
+      </c>
+      <c r="G622" s="2">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="623" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A623" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B623" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C623" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D623" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E623" s="3">
+        <v>1</v>
+      </c>
+      <c r="F623" s="7">
+        <v>1759</v>
+      </c>
+      <c r="G623" s="2">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="624" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A624" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B624" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C624" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D624" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E624" s="3">
+        <v>1</v>
+      </c>
+      <c r="F624" s="7">
+        <v>1878</v>
+      </c>
+      <c r="G624" s="2">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="625" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A625" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B625" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C625" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D625" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E625" s="3">
+        <v>1</v>
+      </c>
+      <c r="F625" s="7">
+        <v>1602</v>
+      </c>
+      <c r="G625" s="2">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A626" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="B626" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C626" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D626" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E626" s="3">
+        <v>1</v>
+      </c>
+      <c r="F626" s="7">
+        <v>1269</v>
+      </c>
+      <c r="G626" s="2">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="627" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A627" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B627" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C627" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D627" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E627" s="3">
+        <v>1</v>
+      </c>
+      <c r="F627" s="7">
+        <v>1701</v>
+      </c>
+      <c r="G627" s="2">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="628" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A628" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B628" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C628" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D628" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E628" s="3">
+        <v>1</v>
+      </c>
+      <c r="F628" s="7">
+        <v>1370</v>
+      </c>
+      <c r="G628" s="2">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="629" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A629" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B629" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C629" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D629" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E629" s="3">
+        <v>1</v>
+      </c>
+      <c r="F629" s="7">
+        <v>1367</v>
+      </c>
+      <c r="G629" s="2">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="630" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A630" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B630" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C630" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D630" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E630" s="3">
+        <v>1</v>
+      </c>
+      <c r="F630" s="7">
+        <v>1371</v>
+      </c>
+      <c r="G630" s="2">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="631" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A631" s="4" t="s">
+        <v>748</v>
+      </c>
+      <c r="B631" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C631" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D631" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E631" s="3">
+        <v>1</v>
+      </c>
+      <c r="F631" s="7">
+        <v>433</v>
+      </c>
+      <c r="G631" s="2">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="632" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A632" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="B632" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C632" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D632" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E632" s="3">
+        <v>1</v>
+      </c>
+      <c r="F632" s="7">
+        <v>1313</v>
+      </c>
+      <c r="G632" s="2">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="633" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A633" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B633" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C633" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D633" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E633" s="3">
+        <v>1</v>
+      </c>
+      <c r="F633" s="7">
+        <v>1341</v>
+      </c>
+      <c r="G633" s="2">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="634" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A634" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="B634" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C634" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D634" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E634" s="3">
+        <v>1</v>
+      </c>
+      <c r="F634" s="7">
+        <v>1329</v>
+      </c>
+      <c r="G634" s="2">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="635" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A635" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="B635" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C635" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D635" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E635" s="3">
+        <v>1</v>
+      </c>
+      <c r="F635" s="7">
+        <v>1219</v>
+      </c>
+      <c r="G635" s="2">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A636" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="B636" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C636" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D636" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E636" s="3">
+        <v>1</v>
+      </c>
+      <c r="F636" s="7">
+        <v>1139</v>
+      </c>
+      <c r="G636" s="2">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="637" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A637" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B637" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C637" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D637" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E637" s="3">
+        <v>1</v>
+      </c>
+      <c r="F637" s="7">
+        <v>1567</v>
+      </c>
+      <c r="G637" s="2">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="638" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A638" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B638" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C638" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D638" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E638" s="3">
+        <v>1</v>
+      </c>
+      <c r="F638" s="7">
+        <v>1174</v>
+      </c>
+      <c r="G638" s="2">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A639" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B639" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C639" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D639" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E639" s="3">
+        <v>1</v>
+      </c>
+      <c r="F639" s="7">
+        <v>1541</v>
+      </c>
+      <c r="G639" s="2">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A640" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B640" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C640" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D640" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E640" s="3">
+        <v>1</v>
+      </c>
+      <c r="F640" s="7">
+        <v>1628</v>
+      </c>
+      <c r="G640" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="641" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A641" s="4" t="s">
         <v>697</v>
       </c>
-      <c r="D1" s="3" t="s">
-[...8 lines deleted...]
-      <c r="G1" s="3" t="s">
+      <c r="B641" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C641" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D641" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E641" s="3">
+        <v>1</v>
+      </c>
+      <c r="F641" s="7">
+        <v>74</v>
+      </c>
+      <c r="G641" s="2">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A642" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B642" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C642" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D642" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E642" s="3">
+        <v>1</v>
+      </c>
+      <c r="F642" s="7">
+        <v>1351</v>
+      </c>
+      <c r="G642" s="2">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B643" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C643" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D643" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E643" s="3">
+        <v>1</v>
+      </c>
+      <c r="F643" s="7">
+        <v>1427</v>
+      </c>
+      <c r="G643" s="2">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A644" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="B644" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C644" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D644" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E644" s="3">
+        <v>1</v>
+      </c>
+      <c r="F644" s="7">
+        <v>1278</v>
+      </c>
+      <c r="G644" s="2">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A645" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="B645" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C645" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D645" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E645" s="3">
+        <v>1</v>
+      </c>
+      <c r="F645" s="7">
+        <v>1292</v>
+      </c>
+      <c r="G645" s="2">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="646" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A646" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B646" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C646" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D646" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E646" s="3">
+        <v>1</v>
+      </c>
+      <c r="F646" s="7">
+        <v>1546</v>
+      </c>
+      <c r="G646" s="2">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="647" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A647" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="B647" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C647" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D647" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E647" s="3">
+        <v>1</v>
+      </c>
+      <c r="F647" s="7">
+        <v>547</v>
+      </c>
+      <c r="G647" s="2">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="648" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A648" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="B648" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C648" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D648" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E648" s="3">
+        <v>1</v>
+      </c>
+      <c r="F648" s="7">
+        <v>754</v>
+      </c>
+      <c r="G648" s="2">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="649" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A649" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B649" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C649" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D649" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E649" s="3">
+        <v>1</v>
+      </c>
+      <c r="F649" s="7">
+        <v>1051</v>
+      </c>
+      <c r="G649" s="2">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="650" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A650" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B650" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C650" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D650" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E650" s="3">
+        <v>1</v>
+      </c>
+      <c r="F650" s="7">
+        <v>1561</v>
+      </c>
+      <c r="G650" s="2">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="651" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A651" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B651" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C651" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D651" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E651" s="3">
+        <v>1</v>
+      </c>
+      <c r="F651" s="7">
+        <v>1418</v>
+      </c>
+      <c r="G651" s="2">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="652" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A652" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="B652" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C652" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D652" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E652" s="3">
+        <v>1</v>
+      </c>
+      <c r="F652" s="7">
+        <v>868</v>
+      </c>
+      <c r="G652" s="2">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="653" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A653" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B653" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C653" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D653" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E653" s="3">
+        <v>1</v>
+      </c>
+      <c r="F653" s="7">
+        <v>1595</v>
+      </c>
+      <c r="G653" s="2">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="654" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A654" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B654" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C654" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D654" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E654" s="3">
+        <v>1</v>
+      </c>
+      <c r="F654" s="7">
+        <v>1630</v>
+      </c>
+      <c r="G654" s="2">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="655" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A655" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B655" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C655" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D655" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E655" s="3">
+        <v>1</v>
+      </c>
+      <c r="F655" s="7">
+        <v>1321</v>
+      </c>
+      <c r="G655" s="2">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="656" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A656" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B656" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C656" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D656" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E656" s="3">
+        <v>1</v>
+      </c>
+      <c r="F656" s="7">
+        <v>1660</v>
+      </c>
+      <c r="G656" s="2">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="657" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A657" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="B657" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C657" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D657" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E657" s="3">
+        <v>1</v>
+      </c>
+      <c r="F657" s="7">
+        <v>1249</v>
+      </c>
+      <c r="G657" s="2">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="658" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A658" s="4" t="s">
+        <v>761</v>
+      </c>
+      <c r="B658" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C658" s="6">
+        <v>8500</v>
+      </c>
+      <c r="D658" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E658" s="3">
+        <v>1</v>
+      </c>
+      <c r="F658" s="7">
+        <v>597</v>
+      </c>
+      <c r="G658" s="2">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="659" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A659" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B659" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C659" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D659" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E659" s="3">
+        <v>1</v>
+      </c>
+      <c r="F659" s="7">
+        <v>1651</v>
+      </c>
+      <c r="G659" s="2">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="660" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B660" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C660" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D660" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E660" s="3">
+        <v>1</v>
+      </c>
+      <c r="F660" s="7">
+        <v>1479</v>
+      </c>
+      <c r="G660" s="2">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="661" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A661" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="B661" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C661" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D661" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E661" s="3">
+        <v>1</v>
+      </c>
+      <c r="F661" s="7">
+        <v>350</v>
+      </c>
+      <c r="G661" s="2">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="662" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A662" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="B662" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C662" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D662" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E662" s="3">
+        <v>1</v>
+      </c>
+      <c r="F662" s="7">
+        <v>1417</v>
+      </c>
+      <c r="G662" s="2">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="663" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A663" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B663" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C663" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D663" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E663" s="3">
+        <v>1</v>
+      </c>
+      <c r="F663" s="7">
+        <v>1401</v>
+      </c>
+      <c r="G663" s="2">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="664" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A664" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="B664" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C664" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D664" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E664" s="3">
+        <v>1</v>
+      </c>
+      <c r="F664" s="7">
+        <v>755</v>
+      </c>
+      <c r="G664" s="2">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="665" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A665" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="B665" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C665" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D665" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E665" s="3">
+        <v>1</v>
+      </c>
+      <c r="F665" s="7">
+        <v>897</v>
+      </c>
+      <c r="G665" s="2">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="666" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A666" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B666" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C666" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D666" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E666" s="3">
+        <v>1</v>
+      </c>
+      <c r="F666" s="7">
+        <v>1685</v>
+      </c>
+      <c r="G666" s="2">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="667" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A667" s="4" t="s">
+        <v>755</v>
+      </c>
+      <c r="B667" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C667" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D667" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E667" s="3">
+        <v>1</v>
+      </c>
+      <c r="F667" s="7">
+        <v>439</v>
+      </c>
+      <c r="G667" s="2">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="668" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A668" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B668" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C668" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D668" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E668" s="3">
+        <v>1</v>
+      </c>
+      <c r="F668" s="7">
+        <v>1471</v>
+      </c>
+      <c r="G668" s="2">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="669" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A669" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B669" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C669" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D669" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E669" s="3">
+        <v>1</v>
+      </c>
+      <c r="F669" s="7">
+        <v>1551</v>
+      </c>
+      <c r="G669" s="2">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="670" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A670" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B670" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C670" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D670" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E670" s="3">
+        <v>1</v>
+      </c>
+      <c r="F670" s="7">
+        <v>1351</v>
+      </c>
+      <c r="G670" s="2">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="671" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A671" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B671" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C671" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D671" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E671" s="3">
+        <v>1</v>
+      </c>
+      <c r="F671" s="7">
+        <v>1261</v>
+      </c>
+      <c r="G671" s="2">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="672" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A672" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B672" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C672" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D672" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E672" s="3">
+        <v>1</v>
+      </c>
+      <c r="F672" s="7">
+        <v>809</v>
+      </c>
+      <c r="G672" s="2">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="673" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A673" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="B673" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C673" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D673" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E673" s="3">
+        <v>1</v>
+      </c>
+      <c r="F673" s="7">
+        <v>594</v>
+      </c>
+      <c r="G673" s="2">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="674" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A674" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="B674" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C674" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D674" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E674" s="3">
+        <v>1</v>
+      </c>
+      <c r="F674" s="7">
+        <v>1319</v>
+      </c>
+      <c r="G674" s="2">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="675" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A675" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B675" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C675" s="6">
+        <v>1800</v>
+      </c>
+      <c r="D675" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E675" s="3">
+        <v>1</v>
+      </c>
+      <c r="F675" s="7">
+        <v>1403</v>
+      </c>
+      <c r="G675" s="2">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="676" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A676" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B676" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C676" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D676" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E676" s="3">
+        <v>1</v>
+      </c>
+      <c r="F676" s="7">
+        <v>1381</v>
+      </c>
+      <c r="G676" s="2">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="677" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A677" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="B677" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C677" s="6">
+        <v>12500</v>
+      </c>
+      <c r="D677" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E677" s="3">
+        <v>1</v>
+      </c>
+      <c r="F677" s="7">
+        <v>1536</v>
+      </c>
+      <c r="G677" s="2">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="678" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A678" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B678" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C678" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D678" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E678" s="3">
+        <v>1</v>
+      </c>
+      <c r="F678" s="7">
+        <v>1579</v>
+      </c>
+      <c r="G678" s="2">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="679" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A679" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B679" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C679" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D679" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E679" s="3">
+        <v>1</v>
+      </c>
+      <c r="F679" s="7">
+        <v>1718</v>
+      </c>
+      <c r="G679" s="2">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="680" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A680" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="B680" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C680" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D680" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E680" s="3">
+        <v>1</v>
+      </c>
+      <c r="F680" s="7">
+        <v>939</v>
+      </c>
+      <c r="G680" s="2">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="681" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A681" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B681" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C681" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D681" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E681" s="3">
+        <v>1</v>
+      </c>
+      <c r="F681" s="7">
+        <v>1322</v>
+      </c>
+      <c r="G681" s="2">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="682" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A682" s="4" t="s">
+        <v>767</v>
+      </c>
+      <c r="B682" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C682" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D682" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E682" s="3">
+        <v>1</v>
+      </c>
+      <c r="F682" s="7">
+        <v>648</v>
+      </c>
+      <c r="G682" s="2">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="683" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A683" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="B683" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C683" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D683" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E683" s="3">
+        <v>1</v>
+      </c>
+      <c r="F683" s="7">
+        <v>1167</v>
+      </c>
+      <c r="G683" s="2">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="684" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A684" s="4" t="s">
+        <v>776</v>
+      </c>
+      <c r="B684" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C684" s="6">
+        <v>15000</v>
+      </c>
+      <c r="D684" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E684" s="3">
+        <v>1</v>
+      </c>
+      <c r="F684" s="7">
+        <v>676</v>
+      </c>
+      <c r="G684" s="2">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="685" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A685" s="4" t="s">
+        <v>768</v>
+      </c>
+      <c r="B685" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C685" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D685" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E685" s="3">
+        <v>1</v>
+      </c>
+      <c r="F685" s="7">
+        <v>857</v>
+      </c>
+      <c r="G685" s="2">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="686" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A686" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B686" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C686" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D686" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="E686" s="3">
+        <v>1</v>
+      </c>
+      <c r="F686" s="7">
+        <v>1061</v>
+      </c>
+      <c r="G686" s="2">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="687" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A687" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="B687" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C687" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D687" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="E687" s="3">
+        <v>1</v>
+      </c>
+      <c r="F687" s="7">
+        <v>1269</v>
+      </c>
+      <c r="G687" s="2">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="688" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A688" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="B688" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C688" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D688" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="E688" s="3">
+        <v>1</v>
+      </c>
+      <c r="F688" s="7">
+        <v>1085</v>
+      </c>
+      <c r="G688" s="2">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="689" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A689" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="B689" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C689" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D689" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E689" s="3">
+        <v>1</v>
+      </c>
+      <c r="F689" s="7">
+        <v>585</v>
+      </c>
+      <c r="G689" s="2">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="690" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A690" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B690" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C690" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D690" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E690" s="3">
+        <v>4</v>
+      </c>
+      <c r="F690" s="7">
+        <v>931</v>
+      </c>
+      <c r="G690" s="2">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="691" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A691" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B691" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C691" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D691" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E691" s="3">
+        <v>1</v>
+      </c>
+      <c r="F691" s="7">
+        <v>1458</v>
+      </c>
+      <c r="G691" s="2">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="692" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A692" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="B692" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C692" s="6">
+        <v>10000</v>
+      </c>
+      <c r="D692" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="E692" s="3">
+        <v>1</v>
+      </c>
+      <c r="F692" s="7">
+        <v>824</v>
+      </c>
+      <c r="G692" s="2">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="693" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A693" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B693" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C693" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D693" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E693" s="3">
+        <v>1</v>
+      </c>
+      <c r="F693" s="7">
+        <v>1057</v>
+      </c>
+      <c r="G693" s="2">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="694" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="B694" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C694" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D694" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E694" s="3">
+        <v>1</v>
+      </c>
+      <c r="F694" s="7">
+        <v>1117</v>
+      </c>
+      <c r="G694" s="2">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="695" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A695" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="B695" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C695" s="6">
+        <v>6500</v>
+      </c>
+      <c r="D695" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E695" s="3">
+        <v>1</v>
+      </c>
+      <c r="F695" s="7">
+        <v>1243</v>
+      </c>
+      <c r="G695" s="2">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="696" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A696" s="4" t="s">
+        <v>672</v>
+      </c>
+      <c r="B696" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C696" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D696" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E696" s="3">
+        <v>1</v>
+      </c>
+      <c r="F696" s="7">
+        <v>63</v>
+      </c>
+      <c r="G696" s="2">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="697" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A697" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B697" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C697" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D697" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E697" s="3">
+        <v>1</v>
+      </c>
+      <c r="F697" s="7">
+        <v>1351</v>
+      </c>
+      <c r="G697" s="2">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="698" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A698" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="B698" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C698" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D698" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="E698" s="3">
+        <v>1</v>
+      </c>
+      <c r="F698" s="7">
+        <v>1231</v>
+      </c>
+      <c r="G698" s="2">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="699" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A699" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B699" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C699" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D699" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E699" s="3">
+        <v>1</v>
+      </c>
+      <c r="F699" s="7">
+        <v>1570</v>
+      </c>
+      <c r="G699" s="2">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="700" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A700" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B700" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C700" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D700" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E700" s="3">
+        <v>1</v>
+      </c>
+      <c r="F700" s="7">
+        <v>1484</v>
+      </c>
+      <c r="G700" s="2">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="701" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A701" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="B701" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C701" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D701" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E701" s="3">
+        <v>1</v>
+      </c>
+      <c r="F701" s="7">
+        <v>71</v>
+      </c>
+      <c r="G701" s="2">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="702" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="B702" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C702" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D702" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E702" s="3">
+        <v>1</v>
+      </c>
+      <c r="F702" s="7">
+        <v>1566</v>
+      </c>
+      <c r="G702" s="2">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="703" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A703" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B703" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C703" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D703" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E703" s="3">
+        <v>1</v>
+      </c>
+      <c r="F703" s="7">
+        <v>1569</v>
+      </c>
+      <c r="G703" s="2">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="704" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B704" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C704" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D704" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E704" s="3">
+        <v>1</v>
+      </c>
+      <c r="F704" s="7">
+        <v>1515</v>
+      </c>
+      <c r="G704" s="2">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="705" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A705" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B705" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C705" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D705" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E705" s="3">
+        <v>1</v>
+      </c>
+      <c r="F705" s="7">
+        <v>1540</v>
+      </c>
+      <c r="G705" s="2">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="706" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A706" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="B706" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C706" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D706" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E706" s="3">
+        <v>1</v>
+      </c>
+      <c r="F706" s="7">
+        <v>739</v>
+      </c>
+      <c r="G706" s="2">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="707" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="B707" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C707" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D707" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E707" s="3">
+        <v>1</v>
+      </c>
+      <c r="F707" s="7">
+        <v>1315</v>
+      </c>
+      <c r="G707" s="2">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="708" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A708" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B708" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C708" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D708" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E708" s="3">
+        <v>1</v>
+      </c>
+      <c r="F708" s="7">
+        <v>1412</v>
+      </c>
+      <c r="G708" s="2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A709" s="4" t="s">
+        <v>717</v>
+      </c>
+      <c r="B709" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C709" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D709" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E709" s="3">
+        <v>1</v>
+      </c>
+      <c r="F709" s="7">
+        <v>93</v>
+      </c>
+      <c r="G709" s="2">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A710" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B710" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C710" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D710" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E710" s="3">
+        <v>1</v>
+      </c>
+      <c r="F710" s="7">
+        <v>1550</v>
+      </c>
+      <c r="G710" s="2">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="711" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A711" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B711" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C711" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D711" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E711" s="3">
+        <v>1</v>
+      </c>
+      <c r="F711" s="7">
+        <v>1444</v>
+      </c>
+      <c r="G711" s="2">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="712" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A712" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B712" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C712" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D712" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E712" s="3">
+        <v>1</v>
+      </c>
+      <c r="F712" s="7">
+        <v>1527</v>
+      </c>
+      <c r="G712" s="2">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="713" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A713" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B713" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C713" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D713" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E713" s="3">
+        <v>1</v>
+      </c>
+      <c r="F713" s="7">
+        <v>70</v>
+      </c>
+      <c r="G713" s="2">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="714" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A714" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B714" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C714" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D714" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E714" s="3">
+        <v>1</v>
+      </c>
+      <c r="F714" s="7">
+        <v>1267</v>
+      </c>
+      <c r="G714" s="2">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="715" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A715" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="B715" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C715" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D715" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E715" s="3">
+        <v>1</v>
+      </c>
+      <c r="F715" s="7">
+        <v>1269</v>
+      </c>
+      <c r="G715" s="2">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="716" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A716" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B716" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C716" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D716" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E716" s="3">
+        <v>1</v>
+      </c>
+      <c r="F716" s="7">
+        <v>1411</v>
+      </c>
+      <c r="G716" s="2">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="717" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A717" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B717" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C717" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D717" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E717" s="3">
+        <v>1</v>
+      </c>
+      <c r="F717" s="7">
+        <v>1675</v>
+      </c>
+      <c r="G717" s="2">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="718" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B718" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C718" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D718" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E718" s="3">
+        <v>1</v>
+      </c>
+      <c r="F718" s="7">
+        <v>1527</v>
+      </c>
+      <c r="G718" s="2">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="719" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="B719" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C719" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D719" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E719" s="3">
+        <v>1</v>
+      </c>
+      <c r="F719" s="7">
+        <v>886</v>
+      </c>
+      <c r="G719" s="2">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="720" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A720" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B720" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C720" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D720" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E720" s="3">
+        <v>1</v>
+      </c>
+      <c r="F720" s="7">
+        <v>1407</v>
+      </c>
+      <c r="G720" s="2">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="721" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A721" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="B721" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C721" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D721" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E721" s="3">
+        <v>1</v>
+      </c>
+      <c r="F721" s="7">
+        <v>1483</v>
+      </c>
+      <c r="G721" s="2">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="722" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A722" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="B722" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C722" s="6">
+        <v>29000</v>
+      </c>
+      <c r="D722" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E722" s="3">
+        <v>1</v>
+      </c>
+      <c r="F722" s="7">
+        <v>1438</v>
+      </c>
+      <c r="G722" s="2">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="723" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A723" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B723" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C723" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D723" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E723" s="3">
+        <v>1</v>
+      </c>
+      <c r="F723" s="7">
+        <v>1473</v>
+      </c>
+      <c r="G723" s="2">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="724" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A724" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="B724" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C724" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D724" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E724" s="3">
+        <v>1</v>
+      </c>
+      <c r="F724" s="7">
+        <v>1349</v>
+      </c>
+      <c r="G724" s="2">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="725" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A725" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B725" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C725" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D725" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E725" s="3">
+        <v>1</v>
+      </c>
+      <c r="F725" s="7">
+        <v>1276</v>
+      </c>
+      <c r="G725" s="2">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="726" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A726" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="B726" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C726" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D726" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E726" s="3">
+        <v>1</v>
+      </c>
+      <c r="F726" s="7">
+        <v>1303</v>
+      </c>
+      <c r="G726" s="2">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="727" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B727" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C727" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D727" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E727" s="3">
+        <v>1</v>
+      </c>
+      <c r="F727" s="7">
+        <v>1240</v>
+      </c>
+      <c r="G727" s="2">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="728" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A728" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B728" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C728" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D728" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E728" s="3">
+        <v>1</v>
+      </c>
+      <c r="F728" s="7">
+        <v>1676</v>
+      </c>
+      <c r="G728" s="2">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="729" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A729" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B729" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C729" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D729" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E729" s="3">
+        <v>1</v>
+      </c>
+      <c r="F729" s="7">
+        <v>933</v>
+      </c>
+      <c r="G729" s="2">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="730" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A730" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B730" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C730" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D730" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E730" s="3">
+        <v>1</v>
+      </c>
+      <c r="F730" s="7">
+        <v>1590</v>
+      </c>
+      <c r="G730" s="2">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="731" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A731" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="B731" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C731" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D731" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E731" s="3">
+        <v>1</v>
+      </c>
+      <c r="F731" s="7">
+        <v>1359</v>
+      </c>
+      <c r="G731" s="2">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="732" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A732" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="B732" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C732" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D732" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E732" s="3">
+        <v>1</v>
+      </c>
+      <c r="F732" s="7">
+        <v>822</v>
+      </c>
+      <c r="G732" s="2">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="733" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A733" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="B733" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C733" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D733" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E733" s="3">
+        <v>1</v>
+      </c>
+      <c r="F733" s="7">
+        <v>1413</v>
+      </c>
+      <c r="G733" s="2">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="734" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A734" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B734" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C734" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D734" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E734" s="3">
+        <v>1</v>
+      </c>
+      <c r="F734" s="7">
+        <v>1616</v>
+      </c>
+      <c r="G734" s="2">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="735" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A735" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="B735" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C735" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D735" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E735" s="3">
+        <v>1</v>
+      </c>
+      <c r="F735" s="7">
+        <v>1130</v>
+      </c>
+      <c r="G735" s="2">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="736" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A736" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B736" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C736" s="6">
+        <v>12500</v>
+      </c>
+      <c r="D736" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E736" s="3">
+        <v>1</v>
+      </c>
+      <c r="F736" s="7">
+        <v>1616</v>
+      </c>
+      <c r="G736" s="2">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="737" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A737" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B737" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C737" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D737" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E737" s="3">
+        <v>1</v>
+      </c>
+      <c r="F737" s="7">
+        <v>1462</v>
+      </c>
+      <c r="G737" s="2">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="738" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A738" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B738" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C738" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D738" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E738" s="3">
+        <v>1</v>
+      </c>
+      <c r="F738" s="7">
+        <v>1563</v>
+      </c>
+      <c r="G738" s="2">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="739" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A739" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B739" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C739" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D739" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E739" s="3">
+        <v>1</v>
+      </c>
+      <c r="F739" s="7">
+        <v>1508</v>
+      </c>
+      <c r="G739" s="2">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="740" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A740" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B740" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C740" s="6">
+        <v>15000</v>
+      </c>
+      <c r="D740" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E740" s="3">
+        <v>1</v>
+      </c>
+      <c r="F740" s="7">
+        <v>1576</v>
+      </c>
+      <c r="G740" s="2">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="741" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A741" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B741" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C741" s="6">
+        <v>15000</v>
+      </c>
+      <c r="D741" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E741" s="3">
+        <v>1</v>
+      </c>
+      <c r="F741" s="7">
+        <v>1194</v>
+      </c>
+      <c r="G741" s="2">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="742" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A742" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B742" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C742" s="6">
+        <v>12000</v>
+      </c>
+      <c r="D742" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E742" s="3">
+        <v>1</v>
+      </c>
+      <c r="F742" s="7">
+        <v>1485</v>
+      </c>
+      <c r="G742" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="743" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A743" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="B743" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C743" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D743" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E743" s="3">
+        <v>1</v>
+      </c>
+      <c r="F743" s="7">
+        <v>1612</v>
+      </c>
+      <c r="G743" s="2">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="744" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A744" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="B744" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C744" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D744" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E744" s="3">
+        <v>1</v>
+      </c>
+      <c r="F744" s="7">
+        <v>1519</v>
+      </c>
+      <c r="G744" s="2">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="745" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A745" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B745" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C745" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D745" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E745" s="3">
+        <v>1</v>
+      </c>
+      <c r="F745" s="7">
+        <v>1367</v>
+      </c>
+      <c r="G745" s="2">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="746" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A746" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="B746" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C746" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D746" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="E746" s="3">
+        <v>1</v>
+      </c>
+      <c r="F746" s="7">
+        <v>769</v>
+      </c>
+      <c r="G746" s="2">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="747" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A747" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B747" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C747" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D747" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E747" s="3">
+        <v>1</v>
+      </c>
+      <c r="F747" s="7">
+        <v>1474</v>
+      </c>
+      <c r="G747" s="2">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="748" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A748" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="B748" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C748" s="6">
+        <v>2500</v>
+      </c>
+      <c r="D748" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E748" s="3">
+        <v>1</v>
+      </c>
+      <c r="F748" s="7">
+        <v>1326</v>
+      </c>
+      <c r="G748" s="2">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="749" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A749" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B749" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C749" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D749" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E749" s="3">
+        <v>1</v>
+      </c>
+      <c r="F749" s="7">
+        <v>1470</v>
+      </c>
+      <c r="G749" s="2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="750" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A750" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B750" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C750" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D750" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E750" s="3">
+        <v>2</v>
+      </c>
+      <c r="F750" s="7">
+        <v>944</v>
+      </c>
+      <c r="G750" s="2">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="751" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A751" s="4" t="s">
+        <v>707</v>
+      </c>
+      <c r="B751" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C751" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D751" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E751" s="3">
+        <v>1</v>
+      </c>
+      <c r="F751" s="7">
+        <v>73</v>
+      </c>
+      <c r="G751" s="2">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="752" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A752" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="B752" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C752" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D752" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E752" s="3">
+        <v>1</v>
+      </c>
+      <c r="F752" s="7">
+        <v>1375</v>
+      </c>
+      <c r="G752" s="2">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="753" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A753" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="B753" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C753" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D753" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E753" s="3">
+        <v>1</v>
+      </c>
+      <c r="F753" s="7">
+        <v>1290</v>
+      </c>
+      <c r="G753" s="2">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="754" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A754" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="B754" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C754" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D754" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E754" s="3">
+        <v>1</v>
+      </c>
+      <c r="F754" s="7">
+        <v>1172</v>
+      </c>
+      <c r="G754" s="2">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="755" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A755" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="B755" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C755" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D755" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E755" s="3">
+        <v>1</v>
+      </c>
+      <c r="F755" s="7">
+        <v>830</v>
+      </c>
+      <c r="G755" s="2">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="756" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A756" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="B756" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C756" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D756" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E756" s="3">
+        <v>1</v>
+      </c>
+      <c r="F756" s="7">
+        <v>443</v>
+      </c>
+      <c r="G756" s="2">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="757" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A757" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B757" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C757" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D757" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E757" s="3">
+        <v>1</v>
+      </c>
+      <c r="F757" s="7">
+        <v>1377</v>
+      </c>
+      <c r="G757" s="2">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="758" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A758" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="B758" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C758" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D758" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E758" s="3">
+        <v>1</v>
+      </c>
+      <c r="F758" s="7">
+        <v>1223</v>
+      </c>
+      <c r="G758" s="2">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="759" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A759" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="B759" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C759" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D759" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E759" s="3">
+        <v>1</v>
+      </c>
+      <c r="F759" s="7">
+        <v>1142</v>
+      </c>
+      <c r="G759" s="2">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="760" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A760" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B760" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C760" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D760" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E760" s="3">
+        <v>1</v>
+      </c>
+      <c r="F760" s="7">
+        <v>1207</v>
+      </c>
+      <c r="G760" s="2">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="761" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A761" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B761" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C761" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D761" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E761" s="3">
+        <v>1</v>
+      </c>
+      <c r="F761" s="7">
+        <v>1318</v>
+      </c>
+      <c r="G761" s="2">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="762" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="B762" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C762" s="6">
+        <v>1000</v>
+      </c>
+      <c r="D762" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E762" s="3">
+        <v>1</v>
+      </c>
+      <c r="F762" s="7">
+        <v>1397</v>
+      </c>
+      <c r="G762" s="2">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="763" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A763" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B763" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C763" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D763" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E763" s="3">
+        <v>1</v>
+      </c>
+      <c r="F763" s="7">
+        <v>1438</v>
+      </c>
+      <c r="G763" s="2">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="764" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A764" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B764" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C764" s="6">
+        <v>30000</v>
+      </c>
+      <c r="D764" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E764" s="3">
+        <v>1</v>
+      </c>
+      <c r="F764" s="7">
+        <v>1549</v>
+      </c>
+      <c r="G764" s="2">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="765" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A765" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="B765" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C765" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D765" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E765" s="3">
+        <v>1</v>
+      </c>
+      <c r="F765" s="7">
+        <v>709</v>
+      </c>
+      <c r="G765" s="2">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="766" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A766" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="B766" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C766" s="6">
+        <v>1500</v>
+      </c>
+      <c r="D766" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E766" s="3">
+        <v>1</v>
+      </c>
+      <c r="F766" s="7">
+        <v>726</v>
+      </c>
+      <c r="G766" s="2">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="767" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A767" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B767" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C767" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D767" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E767" s="3">
+        <v>1</v>
+      </c>
+      <c r="F767" s="7">
+        <v>1520</v>
+      </c>
+      <c r="G767" s="2">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="768" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A768" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="B768" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C768" s="6">
+        <v>4000</v>
+      </c>
+      <c r="D768" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E768" s="3">
+        <v>1</v>
+      </c>
+      <c r="F768" s="7">
+        <v>865</v>
+      </c>
+      <c r="G768" s="2">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="769" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A769" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="B769" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C769" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D769" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E769" s="3">
+        <v>1</v>
+      </c>
+      <c r="F769" s="7">
+        <v>1161</v>
+      </c>
+      <c r="G769" s="2">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="770" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A770" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B770" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C770" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D770" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E770" s="3">
+        <v>1</v>
+      </c>
+      <c r="F770" s="7">
+        <v>1422</v>
+      </c>
+      <c r="G770" s="2">
         <v>702</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F2" s="8">
+    <row r="771" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A771" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B771" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C771" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D771" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E771" s="3">
+        <v>1</v>
+      </c>
+      <c r="F771" s="7">
+        <v>1295</v>
+      </c>
+      <c r="G771" s="2">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="772" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A772" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B772" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C772" s="6">
+        <v>3500</v>
+      </c>
+      <c r="D772" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E772" s="3">
+        <v>1</v>
+      </c>
+      <c r="F772" s="7">
+        <v>1386</v>
+      </c>
+      <c r="G772" s="2">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="773" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A773" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="B773" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C773" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D773" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E773" s="3">
+        <v>1</v>
+      </c>
+      <c r="F773" s="7">
+        <v>914</v>
+      </c>
+      <c r="G773" s="2">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="774" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A774" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B774" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C774" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D774" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E774" s="3">
+        <v>1</v>
+      </c>
+      <c r="F774" s="7">
+        <v>1485</v>
+      </c>
+      <c r="G774" s="2">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="775" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A775" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B775" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C775" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D775" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E775" s="3">
+        <v>1</v>
+      </c>
+      <c r="F775" s="7">
+        <v>1382</v>
+      </c>
+      <c r="G775" s="2">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="776" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A776" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="B776" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C776" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D776" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E776" s="3">
+        <v>1</v>
+      </c>
+      <c r="F776" s="7">
+        <v>487</v>
+      </c>
+      <c r="G776" s="2">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="777" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A777" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="B777" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C777" s="6">
+        <v>6000</v>
+      </c>
+      <c r="D777" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E777" s="3">
+        <v>1</v>
+      </c>
+      <c r="F777" s="7">
+        <v>1519</v>
+      </c>
+      <c r="G777" s="2">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="778" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A778" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B778" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C778" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D778" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E778" s="3">
+        <v>1</v>
+      </c>
+      <c r="F778" s="7">
+        <v>1384</v>
+      </c>
+      <c r="G778" s="2">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="779" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A779" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B779" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C779" s="6">
+        <v>5000</v>
+      </c>
+      <c r="D779" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E779" s="3">
+        <v>1</v>
+      </c>
+      <c r="F779" s="7">
+        <v>1432</v>
+      </c>
+      <c r="G779" s="2">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="780" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A780" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="B780" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C780" s="6">
         <v>3000</v>
       </c>
-      <c r="G2" s="9">
-[...19 lines deleted...]
-      <c r="F3" s="8">
+      <c r="D780" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E780" s="3">
+        <v>1</v>
+      </c>
+      <c r="F780" s="7">
+        <v>1374</v>
+      </c>
+      <c r="G780" s="2">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="781" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A781" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="B781" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C781" s="6">
+        <v>8000</v>
+      </c>
+      <c r="D781" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E781" s="3">
+        <v>1</v>
+      </c>
+      <c r="F781" s="7">
+        <v>1158</v>
+      </c>
+      <c r="G781" s="2">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="782" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A782" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B782" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C782" s="6">
+        <v>7000</v>
+      </c>
+      <c r="D782" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E782" s="3">
+        <v>1</v>
+      </c>
+      <c r="F782" s="7">
+        <v>1518</v>
+      </c>
+      <c r="G782" s="2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="783" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A783" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B783" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C783" s="6">
         <v>2500</v>
       </c>
-      <c r="G3" s="9">
-[...19 lines deleted...]
-      <c r="F4" s="8">
+      <c r="D783" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E783" s="3">
+        <v>1</v>
+      </c>
+      <c r="F783" s="7">
+        <v>1589</v>
+      </c>
+      <c r="G783" s="2">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="784" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A784" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="B784" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C784" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D784" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E784" s="3">
+        <v>1</v>
+      </c>
+      <c r="F784" s="7">
+        <v>1037</v>
+      </c>
+      <c r="G784" s="2">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="785" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A785" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="B785" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C785" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D785" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E785" s="3">
+        <v>1</v>
+      </c>
+      <c r="F785" s="7">
+        <v>1019</v>
+      </c>
+      <c r="G785" s="2">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="786" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A786" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="B786" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C786" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D786" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E786" s="3">
+        <v>1</v>
+      </c>
+      <c r="F786" s="7">
+        <v>1378</v>
+      </c>
+      <c r="G786" s="2">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="787" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A787" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B787" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C787" s="6">
+        <v>5500</v>
+      </c>
+      <c r="D787" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E787" s="3">
+        <v>1</v>
+      </c>
+      <c r="F787" s="7">
+        <v>1470</v>
+      </c>
+      <c r="G787" s="2">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="788" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A788" s="4" t="s">
+        <v>750</v>
+      </c>
+      <c r="B788" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C788" s="6">
         <v>2500</v>
       </c>
-      <c r="G4" s="9">
-[...88 lines deleted...]
-      <c r="F8" s="8">
+      <c r="D788" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E788" s="3">
+        <v>1</v>
+      </c>
+      <c r="F788" s="7">
+        <v>430</v>
+      </c>
+      <c r="G788" s="2">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="789" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A789" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B789" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C789" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D789" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E789" s="3">
+        <v>1</v>
+      </c>
+      <c r="F789" s="7">
+        <v>1434</v>
+      </c>
+      <c r="G789" s="2">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="790" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A790" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B790" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C790" s="6">
+        <v>4500</v>
+      </c>
+      <c r="D790" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E790" s="3">
+        <v>1</v>
+      </c>
+      <c r="F790" s="7">
+        <v>1414</v>
+      </c>
+      <c r="G790" s="2">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="791" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A791" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="B791" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C791" s="6">
+        <v>3000</v>
+      </c>
+      <c r="D791" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E791" s="3">
+        <v>1</v>
+      </c>
+      <c r="F791" s="7">
+        <v>918</v>
+      </c>
+      <c r="G791" s="2">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="792" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A792" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="B792" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C792" s="6">
         <v>3500</v>
       </c>
-      <c r="G8" s="9">
-[...19 lines deleted...]
-      <c r="F9" s="8">
+      <c r="D792" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E792" s="3">
+        <v>1</v>
+      </c>
+      <c r="F792" s="7">
+        <v>532</v>
+      </c>
+      <c r="G792" s="2">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="793" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A793" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B793" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C793" s="6">
         <v>3500</v>
       </c>
-      <c r="G9" s="9">
-[...19 lines deleted...]
-      <c r="F10" s="8">
+      <c r="D793" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E793" s="3">
+        <v>1</v>
+      </c>
+      <c r="F793" s="7">
+        <v>1478</v>
+      </c>
+      <c r="G793" s="2">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="794" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A794" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B794" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C794" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D794" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E794" s="3">
+        <v>1</v>
+      </c>
+      <c r="F794" s="7">
+        <v>1369</v>
+      </c>
+      <c r="G794" s="2">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="795" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B795" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C795" s="6">
         <v>1500</v>
       </c>
-      <c r="G10" s="9">
-[...42 lines deleted...]
-      <c r="F12" s="8">
+      <c r="D795" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E795" s="3">
+        <v>1</v>
+      </c>
+      <c r="F795" s="7">
+        <v>1199</v>
+      </c>
+      <c r="G795" s="2">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="796" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A796" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B796" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C796" s="6">
         <v>2500</v>
       </c>
-      <c r="G12" s="9">
-[...65 lines deleted...]
-      <c r="F15" s="8">
+      <c r="D796" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="E796" s="3">
+        <v>2</v>
+      </c>
+      <c r="F796" s="7">
+        <v>1213</v>
+      </c>
+      <c r="G796" s="2">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="797" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A797" s="4" t="s">
+        <v>711</v>
+      </c>
+      <c r="B797" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C797" s="6">
         <v>2000</v>
       </c>
-      <c r="G15" s="9">
-[...318 lines deleted...]
-      <c r="F29" s="8">
+      <c r="D797" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E797" s="3">
+        <v>1</v>
+      </c>
+      <c r="F797" s="7">
+        <v>63</v>
+      </c>
+      <c r="G797" s="2">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="798" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A798" s="4" t="s">
+        <v>714</v>
+      </c>
+      <c r="B798" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C798" s="6">
         <v>2000</v>
       </c>
-      <c r="G29" s="9">
-[...6565 lines deleted...]
-      <c r="C315" s="6" t="s">
+      <c r="D798" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D315" s="7" t="s">
-[...7083 lines deleted...]
-      <c r="D623" s="7" t="s">
+      <c r="E798" s="3">
+        <v>1</v>
+      </c>
+      <c r="F798" s="7">
         <v>59</v>
       </c>
-      <c r="E623" s="5">
-[...2123 lines deleted...]
-      </c>
+      <c r="G798" s="2">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="799" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C799" s="11"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:G715">
-[...9 lines deleted...]
-    <sortCondition ref="C2:C1127"/>
+  <autoFilter ref="A1:G798"/>
+  <sortState ref="B2:I1240">
+    <sortCondition ref="B2:B1240"/>
   </sortState>
-  <conditionalFormatting sqref="E2:E31">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+  <conditionalFormatting sqref="E2:E798">
+    <cfRule type="cellIs" dxfId="0" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>VinylWareHouse</vt:lpstr>
+      <vt:lpstr>VinylWareHouse 202602</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tihanyi János Gábor</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>